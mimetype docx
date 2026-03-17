--- v0 (2025-10-28)
+++ v1 (2026-03-17)
@@ -1,127 +1,578 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="1C54B659" w14:textId="2BA11687" w:rsidR="0064173F" w:rsidRDefault="00F13787" w:rsidP="004A369A">
+    <w:p w14:paraId="1352F7B3" w14:textId="77777777" w:rsidR="00420B5A" w:rsidRPr="0087270C" w:rsidRDefault="00420B5A" w:rsidP="00420B5A">
       <w:pPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
-        <w:ind w:hanging="709"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="70F537D6" w14:textId="77777777" w:rsidR="00420B5A" w:rsidRPr="0087270C" w:rsidRDefault="00420B5A" w:rsidP="00420B5A">
+      <w:pPr>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0087270C">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpg">
+            <w:drawing>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="10E0BC2C" wp14:editId="189FA10E">
+                <wp:extent cx="435610" cy="97155"/>
+                <wp:effectExtent l="0" t="0" r="40640" b="0"/>
+                <wp:docPr id="125994139" name="Group 4"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                    <wpg:wgp>
+                      <wpg:cNvGrpSpPr>
+                        <a:grpSpLocks/>
+                      </wpg:cNvGrpSpPr>
+                      <wpg:grpSpPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="435610" cy="97155"/>
+                          <a:chOff x="0" y="0"/>
+                          <a:chExt cx="686" cy="86"/>
+                        </a:xfrm>
+                      </wpg:grpSpPr>
+                      <wps:wsp>
+                        <wps:cNvPr id="1604888532" name="Freeform 5"/>
+                        <wps:cNvSpPr>
+                          <a:spLocks/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="42"/>
+                            <a:ext cx="686" cy="1"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst>
+                              <a:gd name="T0" fmla="*/ 0 w 686"/>
+                              <a:gd name="T1" fmla="*/ 0 h 1"/>
+                              <a:gd name="T2" fmla="*/ 685 w 686"/>
+                              <a:gd name="T3" fmla="*/ 0 h 1"/>
+                            </a:gdLst>
+                            <a:ahLst/>
+                            <a:cxnLst>
+                              <a:cxn ang="0">
+                                <a:pos x="T0" y="T1"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T2" y="T3"/>
+                              </a:cxn>
+                            </a:cxnLst>
+                            <a:rect l="0" t="0" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="686" h="1">
+                                <a:moveTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="685" y="0"/>
+                                </a:lnTo>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:noFill/>
+                          <a:ln w="54282">
+                            <a:solidFill>
+                              <a:schemeClr val="accent4">
+                                <a:lumMod val="75000"/>
+                              </a:schemeClr>
+                            </a:solidFill>
+                            <a:round/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                <a:solidFill>
+                                  <a:srgbClr val="FFFFFF"/>
+                                </a:solidFill>
+                              </a14:hiddenFill>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                    </wpg:wgp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:group w14:anchorId="6BD768AB" id="Group 4" o:spid="_x0000_s1026" style="width:34.3pt;height:7.65pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="686,86" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDJW9R3BgMAAPUGAAAOAAAAZHJzL2Uyb0RvYy54bWykVW1vmzAQ/j5p/8Hyx0krJIGUopJq6psm&#10;dVulZj/AMeZFA5vZTkj363c+E0rSTZq6L3DmjrvnnjseLq/2bUN2QptayYzOzkJKhOQqr2WZ0e/r&#10;u48JJcYymbNGSZHRZ2Ho1er9u8u+S8VcVarJhSaQRJq07zJaWdulQWB4JVpmzlQnJDgLpVtm4ajL&#10;INesh+xtE8zDcBn0SuedVlwYA09vvJOuMH9RCG6/FYURljQZBWwWrxqvG3cNVpcsLTXrqpoPMNgb&#10;ULSsllB0THXDLCNbXb9K1dZcK6MKe8ZVG6iiqLnAHqCbWXjSzb1W2w57KdO+7EaagNoTnt6cln/d&#10;3evuqXvUHj2YD4r/MMBL0HdlOvW7c+mDyab/onKYJ9tahY3vC926FNAS2SO/zyO/Ym8Jh4fRIl7O&#10;YAocXBfnszj29PMKZvTqJV7dDq8tk6V/B+4OF0t9MQQ4AHIDhw0yLySZ/yPpqWKdQO6NI+FRkzqH&#10;BV+GUZIk8WJOiWQtEHCnhXDrSbAZBwKiD3yaKZkTjwszwPk/0hjNPVEHHkdCZkd8sJRvjb0XCgfB&#10;dg/G+vXOwcLx5gPoNQyhaBvY9A8BCUlPXMYh9hAyOwqpCNaCBR9zAAVjjmUS/znLYhIUkiELTLA8&#10;YGLVASbfywEnWIQ5AQlxtTpl3HY40LA460PTEOWa+kswoHPBi4EhDIa6cB+KaNCGU1XQlIAqbDwV&#10;HbMOm6vhTNJnFImvYA0QV6t2Yq3Qb0/WFyq9eBs5jQKqEBpqD8R5LxiuCG73WNjhnUxUqru6aXBM&#10;jXRw4miezBGKUU2dO69Dg+IprhtNdgxkj3EupI0wrtm28N365+dxGB5AjK8ggKNsoEEyx6KVYPnt&#10;YFtWN97GFlAt/E77L3Gj8mfYb6284sIfAoxK6V+U9KC2GTU/t0wLSprPEr7Ui1kUOXnGQxSfz+Gg&#10;p57N1MMkh1QZtRTWxJnX1kv6ttN1WUElPyCpPoE8FbX7DEAsTOpRDQcQC7RQW8E6Eu/pGaNe/lar&#10;3wAAAP//AwBQSwMEFAAGAAgAAAAhAHLGMfHaAAAAAwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FL&#10;w0AQhe+C/2GZgje7iaWhpNmUUtRTEWwF8TZNpklodjZkt0n67x296OXB8B7vfZNtJtuqgXrfODYQ&#10;zyNQxIUrG64MfBxfHlegfEAusXVMBm7kYZPf32WYlm7kdxoOoVJSwj5FA3UIXaq1L2qy6OeuIxbv&#10;7HqLQc6+0mWPo5TbVj9FUaItNiwLNXa0q6m4HK7WwOuI43YRPw/7y3l3+zou3z73MRnzMJu2a1CB&#10;pvAXhh98QYdcmE7uyqVXrQF5JPyqeMkqAXWSzHIBOs/0f/b8GwAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAMlb1HcGAwAA9QYAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAHLGMfHaAAAAAwEAAA8AAAAAAAAAAAAAAAAAYAUAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAABnBgAAAAA=&#10;">
+                <v:shape id="Freeform 5" o:spid="_x0000_s1027" style="position:absolute;top:42;width:686;height:1;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="686,1" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCFZNpTyQAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9fa8Iw&#10;EH8f+B3CCb7ITOymdJ1RNkE3EMfmtvdbc7bF5lKaqPXbLwNhj/f7f7NFZ2txotZXjjWMRwoEce5M&#10;xYWGr8/VbQrCB2SDtWPScCEPi3nvZoaZcWf+oNMuFCKGsM9QQxlCk0np85Is+pFriCO3d63FEM+2&#10;kKbFcwy3tUyUmkqLFceGEhtalpQfdker4UUl2+ehXT0s394nPyjDeLM231oP+t3TI4hAXfgXX92v&#10;Js6fqvs0TSd3Cfz9FAGQ818AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAhWTaU8kAAADj&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;" path="m,l685,e" filled="f" strokecolor="#25b0d1 [2407]" strokeweight="1.50783mm">
+                  <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;685,0" o:connectangles="0,0"/>
+                </v:shape>
+                <w10:anchorlock/>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A6BF439" w14:textId="77777777" w:rsidR="00420B5A" w:rsidRPr="0087270C" w:rsidRDefault="00420B5A" w:rsidP="00420B5A">
+      <w:pPr>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A84DC56" w14:textId="77777777" w:rsidR="00420B5A" w:rsidRDefault="00420B5A" w:rsidP="00420B5A">
+      <w:pPr>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:sz w:val="72"/>
+          <w:szCs w:val="72"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE29F9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="72"/>
+          <w:szCs w:val="72"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Supporting </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0605C0D6" w14:textId="77777777" w:rsidR="00420B5A" w:rsidRDefault="00420B5A" w:rsidP="00420B5A">
+      <w:pPr>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="72"/>
+          <w:szCs w:val="72"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE29F9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="72"/>
+          <w:szCs w:val="72"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">psychological health </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25C3934E" w14:textId="77777777" w:rsidR="00420B5A" w:rsidRDefault="00420B5A" w:rsidP="00420B5A">
+      <w:pPr>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="72"/>
+          <w:szCs w:val="72"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE29F9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="72"/>
+          <w:szCs w:val="72"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>in first responders</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AF6EEB3" w14:textId="77777777" w:rsidR="00420B5A" w:rsidRPr="00FE29F9" w:rsidRDefault="00420B5A" w:rsidP="00420B5A">
+      <w:pPr>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="72"/>
+          <w:szCs w:val="72"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E304149" w14:textId="77777777" w:rsidR="00420B5A" w:rsidRDefault="00420B5A" w:rsidP="00420B5A">
+      <w:pPr>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE29F9">
+        <w:rPr>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00575397">
+        <w:rPr>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE29F9">
+        <w:rPr>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>/2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00575397">
+        <w:rPr>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> application instructions:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C457BD1" w14:textId="57D31DA4" w:rsidR="00420B5A" w:rsidRDefault="00420B5A" w:rsidP="00420B5A">
+      <w:pPr>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>Stream 1 - Services</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00ABC2CB" w14:textId="77777777" w:rsidR="00420B5A" w:rsidRDefault="00420B5A" w:rsidP="00420B5A">
+      <w:pPr>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="585C8C42" w14:textId="77777777" w:rsidR="00420B5A" w:rsidRDefault="00420B5A" w:rsidP="00420B5A">
+      <w:pPr>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="717DA7C0" w14:textId="77777777" w:rsidR="00420B5A" w:rsidRDefault="00420B5A" w:rsidP="00420B5A">
+      <w:pPr>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C996C01" w14:textId="77777777" w:rsidR="00420B5A" w:rsidRDefault="00420B5A" w:rsidP="00420B5A">
+      <w:pPr>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24D15AED" w14:textId="77777777" w:rsidR="00420B5A" w:rsidRDefault="00420B5A" w:rsidP="00420B5A">
+      <w:pPr>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E99F39E" w14:textId="77777777" w:rsidR="00420B5A" w:rsidRDefault="00420B5A" w:rsidP="00420B5A">
+      <w:pPr>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4323ACBF" w14:textId="77777777" w:rsidR="00420B5A" w:rsidRDefault="00420B5A" w:rsidP="00420B5A">
+      <w:pPr>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4AA6E5A4" w14:textId="77777777" w:rsidR="00420B5A" w:rsidRDefault="00420B5A" w:rsidP="00420B5A">
+      <w:pPr>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7FC49EA3" w14:textId="77777777" w:rsidR="00420B5A" w:rsidRPr="00343009" w:rsidRDefault="00420B5A" w:rsidP="00420B5A">
+      <w:pPr>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3506E028" w14:textId="77777777" w:rsidR="00420B5A" w:rsidRPr="0087270C" w:rsidRDefault="00420B5A" w:rsidP="00420B5A">
+      <w:pPr>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="63D22BA1" w14:textId="77777777" w:rsidR="00420B5A" w:rsidRPr="0087270C" w:rsidRDefault="00420B5A" w:rsidP="00420B5A">
+      <w:pPr>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0087270C">
         <w:rPr>
           <w:noProof/>
+          <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="279FF124" wp14:editId="1D40D484">
-            <wp:extent cx="7030570" cy="9096498"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3EF24AFC" wp14:editId="70338886">
+            <wp:extent cx="1143000" cy="342900"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="1811720678" name="Picture 1" descr="Title page"/>
+            <wp:docPr id="1898729612" name="Picture 3"/>
             <wp:cNvGraphicFramePr>
-              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="1811720678" name="Picture 1" descr="Title page"/>
+                    <pic:cNvPr id="0" name="Picture 12"/>
                     <pic:cNvPicPr>
-                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                      <a:picLocks noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8" cstate="print">
+                    <a:blip r:embed="rId8">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="7040903" cy="9109867"/>
+                      <a:ext cx="1143000" cy="342900"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
-      </w:r>
-[...1 lines deleted...]
-        <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4CBB80E7" w14:textId="060FAF5D" w:rsidR="00A71F5B" w:rsidRPr="009D0592" w:rsidRDefault="00A71F5B" w:rsidP="009D0592">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc72832934"/>
       <w:r w:rsidRPr="009D0592">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="21043A66" wp14:editId="7438FE9B">
             <wp:extent cx="295275" cy="236554"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="Picture 1">
               <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
@@ -274,97 +725,97 @@
       <w:r w:rsidRPr="00CF14BB">
         <w:t>purposes</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="007A1703">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>first responders</w:t>
       </w:r>
       <w:r w:rsidR="00587D29">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> and emergency workers</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> are defined as workers who provide immediate assistance at emergency scenes. </w:t>
       </w:r>
       <w:r w:rsidR="00587D29">
         <w:t>Emergencies are defined as serious, unexpected and often dangerous situations requiring immediate action.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="071B05D7" w14:textId="4E724CC2" w:rsidR="00B564AE" w:rsidRPr="00C2618B" w:rsidRDefault="00AC78B7" w:rsidP="00C2618B">
+    <w:p w14:paraId="071B05D7" w14:textId="5EA5FD77" w:rsidR="00B564AE" w:rsidRPr="00C2618B" w:rsidRDefault="00AC78B7" w:rsidP="00C2618B">
       <w:r w:rsidRPr="00AC78B7">
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="009A52E5">
         <w:t xml:space="preserve">application </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC78B7">
         <w:t xml:space="preserve">submission deadline is </w:t>
       </w:r>
       <w:bookmarkStart w:id="2" w:name="_Hlk128038040"/>
       <w:r w:rsidR="00145F33">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>May 2</w:t>
       </w:r>
-      <w:r w:rsidR="00F13787">
+      <w:r w:rsidR="009C1BD7">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>6</w:t>
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="001C733F">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="008E2691">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
       <w:r w:rsidR="008E2691">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="00F13787">
+      <w:r w:rsidR="009C1BD7">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="008E2691">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00C2618B">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> at 11:59 p</w:t>
       </w:r>
       <w:r w:rsidR="003E1744">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00C2618B">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
@@ -442,51 +893,51 @@
       <w:r>
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidR="00F13787">
         <w:t>hat support</w:t>
       </w:r>
       <w:r w:rsidRPr="00D56FBC">
         <w:t xml:space="preserve"> Alberta </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">first responders or emergency </w:t>
       </w:r>
       <w:r w:rsidRPr="009B43F3">
         <w:t>workers</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> living with, or who are at risk of, </w:t>
       </w:r>
       <w:r w:rsidR="006E4E7D">
         <w:t>PTSI</w:t>
       </w:r>
       <w:r w:rsidRPr="00D56FBC">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F9CAF61" w14:textId="797827C8" w:rsidR="00C55019" w:rsidRDefault="00C55019" w:rsidP="001068C3">
+    <w:p w14:paraId="2F9CAF61" w14:textId="7967AB2C" w:rsidR="00C55019" w:rsidRDefault="00C55019" w:rsidP="001068C3">
       <w:pPr>
         <w:pStyle w:val="Bullets1"/>
         <w:spacing w:after="240"/>
       </w:pPr>
       <w:r w:rsidRPr="00E37F57">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Stream 2 (Applied Research) </w:t>
       </w:r>
       <w:r w:rsidRPr="00D56FBC">
         <w:t xml:space="preserve">provides grants for applied </w:t>
       </w:r>
       <w:r w:rsidRPr="00CF14BB">
         <w:t>research</w:t>
       </w:r>
       <w:r w:rsidRPr="00D56FBC">
         <w:t xml:space="preserve"> to develop </w:t>
       </w:r>
       <w:r w:rsidRPr="009B43F3">
         <w:t>and</w:t>
       </w:r>
       <w:r w:rsidRPr="00D56FBC">
         <w:t xml:space="preserve"> evaluate effective programs and services to support </w:t>
@@ -521,51 +972,51 @@
       <w:r w:rsidRPr="00D56FBC">
         <w:t xml:space="preserve"> at risk of</w:t>
       </w:r>
       <w:r>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00D56FBC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006E4E7D">
         <w:t>PTSI</w:t>
       </w:r>
       <w:r>
         <w:t>. Examples of such programs and services include</w:t>
       </w:r>
       <w:r w:rsidRPr="00D56FBC">
         <w:t xml:space="preserve"> early intervention </w:t>
       </w:r>
       <w:r>
         <w:t>or</w:t>
       </w:r>
       <w:r w:rsidRPr="00D56FBC">
         <w:t xml:space="preserve"> resilience-building.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C8E6028" w14:textId="73D8AAEE" w:rsidR="00BD3961" w:rsidRDefault="00FA53D8" w:rsidP="00BD3961">
+    <w:p w14:paraId="7C8E6028" w14:textId="76E49A3D" w:rsidR="00BD3961" w:rsidRDefault="00FA53D8" w:rsidP="00BD3961">
       <w:bookmarkStart w:id="5" w:name="_Hlk129089441"/>
       <w:bookmarkEnd w:id="3"/>
       <w:r w:rsidRPr="00E37F57">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">The eligibility criteria and instructions in this document are only for </w:t>
       </w:r>
       <w:r w:rsidRPr="00711E53">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Stream 1 (Services) </w:t>
       </w:r>
       <w:r w:rsidRPr="00E37F57">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>applications.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
@@ -684,106 +1135,104 @@
       <w:r>
         <w:t>You can submit this application for funding to continue a project that received SPHIFR funding in the past. You can also submit this application if you are hoping to apply for funding in subsequent years (for the same project or a different project). However, it is important to note that receiving SPHIFR funding in any given</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC78B7">
         <w:t xml:space="preserve"> year </w:t>
       </w:r>
       <w:r>
         <w:t>neither implies nor</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC78B7">
         <w:t xml:space="preserve"> guarantee</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">s you will receive funding in </w:t>
       </w:r>
       <w:r w:rsidR="00DC7934">
         <w:t xml:space="preserve">this or </w:t>
       </w:r>
       <w:r>
         <w:t>any future year</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC78B7">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A8DC2D1" w14:textId="4C1AFA3D" w:rsidR="009A52E5" w:rsidRDefault="00ED0AFE" w:rsidP="00C2618B">
+    <w:p w14:paraId="7A8DC2D1" w14:textId="5F434716" w:rsidR="009A52E5" w:rsidRDefault="00ED0AFE" w:rsidP="00C2618B">
       <w:bookmarkStart w:id="7" w:name="_Hlk129089572"/>
       <w:r w:rsidRPr="00ED0AFE">
-        <w:t xml:space="preserve">Alberta Jobs, Economy, and </w:t>
+        <w:t xml:space="preserve">Alberta Jobs, Economy, </w:t>
       </w:r>
       <w:r w:rsidR="001B282B">
-        <w:t xml:space="preserve">Trade </w:t>
+        <w:t>Trade</w:t>
+      </w:r>
+      <w:r w:rsidR="007A6881">
+        <w:t xml:space="preserve"> and Immigration</w:t>
+      </w:r>
+      <w:r w:rsidR="001B282B">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DA5EAF">
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00252E07">
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidR="00DA5EAF">
         <w:t>the Ministry</w:t>
       </w:r>
       <w:r w:rsidR="00252E07">
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidR="00DA5EAF">
         <w:t>) will notify applicants about the outcome of their application</w:t>
       </w:r>
       <w:r w:rsidR="00DA5EAF" w:rsidRPr="00D56FBC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DA5EAF">
         <w:t>in writing</w:t>
       </w:r>
       <w:bookmarkEnd w:id="7"/>
       <w:r w:rsidR="003C1A30">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="009A52E5" w:rsidRPr="00AC78B7">
         <w:t>Grant recipients will receive a grant agreement that include</w:t>
       </w:r>
       <w:r w:rsidR="009A52E5">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="009A52E5" w:rsidRPr="00AC78B7">
         <w:t xml:space="preserve"> the terms and conditions of the grant. </w:t>
       </w:r>
-      <w:r w:rsidR="009A52E5">
-[...12 lines deleted...]
-      </w:hyperlink>
+      <w:r w:rsidR="00675C30" w:rsidRPr="00D20854">
+        <w:rPr>
+          <w:lang w:val="en-CA" w:eastAsia="en-CA"/>
+        </w:rPr>
+        <w:t>Sample grant agreements for public bodies and non-public bodies are available online</w:t>
+      </w:r>
       <w:r w:rsidR="009A52E5" w:rsidRPr="00AC78B7">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="009A52E5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009A52E5" w:rsidRPr="00587D29">
         <w:t xml:space="preserve">Projects cannot start before </w:t>
       </w:r>
       <w:r w:rsidR="003C1A30" w:rsidRPr="00587D29">
         <w:t>both</w:t>
       </w:r>
       <w:r w:rsidR="009A52E5" w:rsidRPr="00587D29">
         <w:t xml:space="preserve"> parties </w:t>
       </w:r>
       <w:r w:rsidR="00894F3C" w:rsidRPr="00587D29">
         <w:t xml:space="preserve">(the grant recipient and the Ministry) </w:t>
       </w:r>
       <w:r w:rsidR="009A52E5" w:rsidRPr="00587D29">
         <w:t xml:space="preserve">sign </w:t>
       </w:r>
       <w:r w:rsidR="00894F3C" w:rsidRPr="00587D29">
         <w:t xml:space="preserve">the grant agreement. </w:t>
       </w:r>
       <w:r w:rsidR="00B01FA9" w:rsidRPr="00587D29">
@@ -1178,137 +1627,148 @@
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001068C3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Must</w:t>
             </w:r>
             <w:r w:rsidR="00F31300" w:rsidRPr="001068C3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="483CD267" w14:textId="356EA946" w:rsidR="000A7500" w:rsidRPr="007D4D80" w:rsidRDefault="00F31300" w:rsidP="007D4D80">
+          <w:p w14:paraId="483CD267" w14:textId="356EA946" w:rsidR="000A7500" w:rsidRPr="007D4D80" w:rsidRDefault="00F31300" w:rsidP="00343009">
             <w:pPr>
               <w:pStyle w:val="Tablebullets1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="37"/>
+              </w:numPr>
+              <w:ind w:left="183" w:hanging="183"/>
             </w:pPr>
             <w:r w:rsidRPr="00C3339E">
               <w:t>Be</w:t>
             </w:r>
             <w:r w:rsidR="000A7500" w:rsidRPr="00C3339E">
               <w:t xml:space="preserve"> a non-profit or public sector organization</w:t>
             </w:r>
             <w:r w:rsidRPr="00652096">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00A379A4" w:rsidRPr="00652096">
               <w:t>(i.e.</w:t>
             </w:r>
             <w:r w:rsidR="000A7500" w:rsidRPr="00652096">
               <w:t xml:space="preserve"> a non-profit company, society, municipality, school board, health authority, public post-secondary institution or a similar extra-provincial entity</w:t>
             </w:r>
             <w:r w:rsidR="00A379A4" w:rsidRPr="00652096">
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidRPr="00652096">
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="405B449A" w14:textId="74E13D9D" w:rsidR="00F31300" w:rsidRPr="00652096" w:rsidRDefault="00F31300" w:rsidP="001068C3">
             <w:pPr>
               <w:pStyle w:val="Tablebullets1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
               <w:ind w:left="196" w:hanging="196"/>
             </w:pPr>
             <w:r w:rsidRPr="00652096">
               <w:t>Have</w:t>
             </w:r>
             <w:r w:rsidR="000A7500" w:rsidRPr="00652096">
               <w:t xml:space="preserve"> a mandate</w:t>
             </w:r>
             <w:r w:rsidR="00D359E3">
               <w:t xml:space="preserve"> to provide</w:t>
             </w:r>
             <w:r w:rsidR="00CD5F14" w:rsidRPr="00652096">
               <w:t xml:space="preserve">, or </w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="000A7500" w:rsidRPr="00652096">
-              <w:t>demonstrated history of</w:t>
+              <w:t>demonstrated</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="000A7500" w:rsidRPr="00652096">
+              <w:t xml:space="preserve"> history of</w:t>
             </w:r>
             <w:r w:rsidR="000A7500">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00D359E3">
               <w:t>providing,</w:t>
             </w:r>
             <w:r w:rsidRPr="00652096">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00D359E3">
               <w:t xml:space="preserve">a </w:t>
             </w:r>
             <w:r w:rsidR="000A7500" w:rsidRPr="00652096">
               <w:t xml:space="preserve">service clearly related to </w:t>
             </w:r>
             <w:r w:rsidR="000A7500">
               <w:t>PTSI</w:t>
             </w:r>
             <w:r w:rsidR="00D359E3">
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="00652096">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="000A7500" w:rsidRPr="00652096">
               <w:t>first responders</w:t>
             </w:r>
             <w:r w:rsidR="009D1A66">
               <w:t xml:space="preserve"> or emergency workers</w:t>
             </w:r>
             <w:r w:rsidRPr="00652096">
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0863A9CE" w14:textId="34F87BC3" w:rsidR="000A7500" w:rsidRPr="00652096" w:rsidRDefault="00A379A4" w:rsidP="001068C3">
+          <w:p w14:paraId="0863A9CE" w14:textId="34F87BC3" w:rsidR="000A7500" w:rsidRPr="00652096" w:rsidRDefault="00A379A4" w:rsidP="00343009">
             <w:pPr>
-              <w:pStyle w:val="Tablebullets1"/>
+              <w:pStyle w:val="Bullets1"/>
+              <w:ind w:left="183" w:hanging="180"/>
             </w:pPr>
             <w:r w:rsidRPr="00652096">
               <w:t>O</w:t>
             </w:r>
             <w:r w:rsidR="00F31300" w:rsidRPr="00652096">
               <w:t xml:space="preserve">perate </w:t>
             </w:r>
             <w:r w:rsidR="000409CC" w:rsidRPr="00652096">
               <w:t>with</w:t>
             </w:r>
             <w:r w:rsidR="00F31300" w:rsidRPr="00652096">
               <w:t>in Alberta</w:t>
             </w:r>
             <w:r w:rsidR="000409CC" w:rsidRPr="00652096">
               <w:t xml:space="preserve"> and already be</w:t>
             </w:r>
             <w:r w:rsidR="00F31300" w:rsidRPr="00652096">
               <w:t xml:space="preserve"> delivering services</w:t>
             </w:r>
             <w:r w:rsidR="000A7500" w:rsidRPr="00652096">
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1382,75 +1842,83 @@
               <w:t>A</w:t>
             </w:r>
             <w:r w:rsidR="00F31300" w:rsidRPr="00652096">
               <w:t>n</w:t>
             </w:r>
             <w:r w:rsidR="00516C1B" w:rsidRPr="00652096">
               <w:t xml:space="preserve"> individual</w:t>
             </w:r>
             <w:r w:rsidR="00F31300" w:rsidRPr="00652096">
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="31DE3D03" w14:textId="77777777" w:rsidR="00145F33" w:rsidRPr="00652096" w:rsidRDefault="00145F33" w:rsidP="001068C3">
             <w:pPr>
               <w:pStyle w:val="Tablebullets1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
               <w:ind w:left="196" w:hanging="196"/>
             </w:pPr>
             <w:r w:rsidRPr="00652096">
               <w:t>A for-profit organization.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4A8E5D14" w14:textId="77777777" w:rsidR="00145F33" w:rsidRDefault="00145F33" w:rsidP="001068C3">
+          <w:p w14:paraId="33E53AFE" w14:textId="48862D5E" w:rsidR="000A7500" w:rsidRPr="00652096" w:rsidRDefault="00145F33" w:rsidP="00343009">
             <w:pPr>
               <w:pStyle w:val="Tablebullets1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
               <w:ind w:left="196" w:hanging="196"/>
             </w:pPr>
             <w:r w:rsidRPr="00652096">
               <w:t>A provincial or federal government</w:t>
             </w:r>
             <w:r w:rsidR="0006472A" w:rsidRPr="00652096">
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidRPr="00652096">
-              <w:t>agency, board or commission.</w:t>
-[...7 lines deleted...]
-              <w:t>An organization applying on behalf of another organization</w:t>
+              <w:t xml:space="preserve">agency, board or </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00652096">
+              <w:t>commission</w:t>
+            </w:r>
+            <w:r w:rsidR="00BF68C9">
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="009D1A66">
+              <w:t>An</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="009D1A66">
+              <w:t xml:space="preserve"> organization applying on behalf of another organization</w:t>
             </w:r>
             <w:r w:rsidR="00516C1B">
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000A7500" w:rsidRPr="004D0DFA" w14:paraId="27128451" w14:textId="35BE3F8F" w:rsidTr="001068C3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1898" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
@@ -1518,114 +1986,126 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001068C3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Must </w:t>
             </w:r>
             <w:r w:rsidR="004B232F" w:rsidRPr="001068C3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>be:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1C203525" w14:textId="1BEE1AEA" w:rsidR="000A7500" w:rsidRPr="0006217E" w:rsidRDefault="004B232F" w:rsidP="001068C3">
+          <w:p w14:paraId="6A9E1451" w14:textId="34E97C11" w:rsidR="007F13B8" w:rsidRDefault="007F13B8" w:rsidP="007F13B8">
             <w:pPr>
               <w:pStyle w:val="Tablebullets1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="37"/>
+              </w:numPr>
+              <w:ind w:left="181" w:hanging="181"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB0A29">
+              <w:t>Completed in 12 months.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C203525" w14:textId="22BA92CA" w:rsidR="000A7500" w:rsidRPr="0006217E" w:rsidRDefault="004B232F" w:rsidP="00343009">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullets1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="37"/>
+              </w:numPr>
+              <w:ind w:left="181" w:hanging="181"/>
             </w:pPr>
             <w:r w:rsidRPr="00C3339E">
               <w:t>Dedicated</w:t>
             </w:r>
             <w:r w:rsidR="000A7500" w:rsidRPr="00C3339E">
               <w:t xml:space="preserve"> to providing services </w:t>
             </w:r>
             <w:r w:rsidR="00F31300" w:rsidRPr="00C3339E">
               <w:t>t</w:t>
             </w:r>
             <w:r w:rsidR="00F13787">
               <w:t>hat support</w:t>
             </w:r>
             <w:r w:rsidR="000A7500" w:rsidRPr="00C3339E">
               <w:t xml:space="preserve"> Albertan first responders</w:t>
             </w:r>
             <w:r w:rsidR="000A7500">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="000E1B32">
               <w:t>and/or emergency workers</w:t>
             </w:r>
             <w:r w:rsidR="00F31300" w:rsidRPr="00C3339E">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="000A7500" w:rsidRPr="00C3339E">
               <w:t>living with</w:t>
             </w:r>
             <w:r w:rsidR="00CD5F14" w:rsidRPr="00C3339E">
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidR="000A7500" w:rsidRPr="00C3339E">
               <w:t xml:space="preserve"> or at risk of</w:t>
             </w:r>
             <w:r w:rsidR="00CD5F14" w:rsidRPr="00C3339E">
               <w:t xml:space="preserve"> developing,</w:t>
             </w:r>
             <w:r w:rsidR="000A7500" w:rsidRPr="00C3339E">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="000A7500">
               <w:t>PTSI</w:t>
             </w:r>
             <w:r w:rsidR="000A7500" w:rsidRPr="00C3339E">
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1AA39473" w14:textId="77777777" w:rsidR="000A7500" w:rsidRPr="00EB0A29" w:rsidRDefault="004B232F" w:rsidP="001068C3">
+          <w:p w14:paraId="1082C89C" w14:textId="632820A1" w:rsidR="000A7500" w:rsidRPr="002E5EBD" w:rsidRDefault="004B232F" w:rsidP="00343009">
             <w:pPr>
               <w:pStyle w:val="Tablebullets1"/>
-            </w:pPr>
-[...9 lines deleted...]
-              <w:pStyle w:val="Tablebullets1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="37"/>
+              </w:numPr>
+              <w:ind w:left="181" w:hanging="181"/>
             </w:pPr>
             <w:r w:rsidRPr="00AE4547">
               <w:t>Based</w:t>
             </w:r>
             <w:r w:rsidR="000A7500" w:rsidRPr="00AE4547">
               <w:t xml:space="preserve"> on published research or formal evaluation evidence that supports its effectiveness at impacting </w:t>
             </w:r>
             <w:r w:rsidR="000A7500">
               <w:t>PTSI</w:t>
             </w:r>
             <w:r w:rsidR="000A7500" w:rsidRPr="00AE4547">
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0456D16E" w14:textId="77777777" w:rsidR="000A7500" w:rsidRPr="001068C3" w:rsidRDefault="000A7500" w:rsidP="00F31300">
             <w:pPr>
               <w:pStyle w:val="TableData-LeftAlignInteriorTableChartGraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -1676,135 +2156,136 @@
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
               <w:ind w:left="196" w:hanging="196"/>
             </w:pPr>
             <w:r w:rsidRPr="00587D29">
               <w:t>Be a project that is already in progress or has been completed</w:t>
             </w:r>
             <w:r w:rsidR="0053756A" w:rsidRPr="00587D29">
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="32D791EE" w14:textId="77777777" w:rsidR="00F31300" w:rsidRPr="00EB0A29" w:rsidRDefault="00F31300" w:rsidP="001068C3">
             <w:pPr>
               <w:pStyle w:val="Tablebullets1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
               <w:ind w:left="196" w:hanging="196"/>
             </w:pPr>
             <w:r w:rsidRPr="00EB0A29">
               <w:t xml:space="preserve">Provide one-on-one services to a specific individual. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="13062085" w14:textId="4F57F397" w:rsidR="00516C1B" w:rsidRDefault="00516C1B" w:rsidP="001068C3">
+          <w:p w14:paraId="6D1A459C" w14:textId="0836BD00" w:rsidR="00516C1B" w:rsidRDefault="00516C1B" w:rsidP="00343009">
             <w:pPr>
-              <w:pStyle w:val="Tablebullets1"/>
+              <w:pStyle w:val="Bullets1"/>
+              <w:ind w:left="181" w:hanging="180"/>
             </w:pPr>
             <w:r w:rsidRPr="00AE4547">
               <w:t>Focus</w:t>
             </w:r>
             <w:r>
-              <w:t xml:space="preserve"> on general mental health or wellbeing without a clear focus on PTSI.</w:t>
-[...5 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve"> on general mental health or wellbeing without a clear focus on </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
-              <w:t>Be solely for military personnel</w:t>
+              <w:t>PTSI</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>.Be</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> solely for military personnel</w:t>
             </w:r>
             <w:r w:rsidR="0014264D">
               <w:t>, RCMP</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> or veterans. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="619EF6C6" w14:textId="13831249" w:rsidR="00F31300" w:rsidRPr="00652096" w:rsidRDefault="00F31300" w:rsidP="001068C3">
+          <w:p w14:paraId="2A6E0424" w14:textId="36FD5E46" w:rsidR="00516C1B" w:rsidRPr="00652096" w:rsidRDefault="00F31300" w:rsidP="00343009">
             <w:pPr>
               <w:pStyle w:val="Tablebullets1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
               <w:ind w:left="196" w:hanging="196"/>
             </w:pPr>
             <w:r w:rsidRPr="00652096">
-              <w:t>Focus on capitalization of business enterprises (e.g. for-profit activities and product development).</w:t>
+              <w:t>Focus on capitalization of business enterprises (e.g. for-profit activities and product development</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00652096">
+              <w:t>).</w:t>
+            </w:r>
+            <w:r w:rsidR="00516C1B" w:rsidRPr="00652096">
+              <w:t>Duplicate</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00516C1B" w:rsidRPr="00652096">
+              <w:t xml:space="preserve"> or replace programs or services already provided by the Government of Alberta.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2A6E0424" w14:textId="77777777" w:rsidR="00516C1B" w:rsidRPr="00652096" w:rsidRDefault="00516C1B" w:rsidP="001068C3">
-[...7 lines deleted...]
-          <w:p w14:paraId="151B638F" w14:textId="77777777" w:rsidR="00A16635" w:rsidRPr="00652096" w:rsidRDefault="00516C1B" w:rsidP="001068C3">
+          <w:p w14:paraId="59A1965E" w14:textId="311682E4" w:rsidR="000A7500" w:rsidRPr="00BA6E43" w:rsidRDefault="00516C1B" w:rsidP="00343009">
             <w:pPr>
               <w:pStyle w:val="Tablebullets1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
               <w:ind w:left="196" w:hanging="196"/>
             </w:pPr>
             <w:r w:rsidRPr="00652096">
               <w:t>Focus on lobbying activities.</w:t>
             </w:r>
             <w:r w:rsidR="00A16635" w:rsidRPr="00652096">
-              <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-              <w:t>Be directed towards a provincial or federal agency, board</w:t>
+              <w:t xml:space="preserve"> Be directed towards a provincial or federal agency, board</w:t>
             </w:r>
             <w:r w:rsidR="00A379A4" w:rsidRPr="00652096">
               <w:t>,</w:t>
             </w:r>
-            <w:r w:rsidRPr="00652096">
+            <w:r w:rsidR="00A16635" w:rsidRPr="00652096">
               <w:t xml:space="preserve"> or commission as the primary participant</w:t>
             </w:r>
             <w:r w:rsidR="00A379A4" w:rsidRPr="00652096">
               <w:t>,</w:t>
             </w:r>
-            <w:r w:rsidRPr="00652096">
+            <w:r w:rsidR="00A16635" w:rsidRPr="00652096">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00364B8F" w:rsidRPr="00652096">
               <w:t xml:space="preserve">sole </w:t>
             </w:r>
-            <w:r w:rsidRPr="00652096">
+            <w:r w:rsidR="00A16635" w:rsidRPr="00652096">
               <w:t>audience or direct beneficiary of the project deliverables</w:t>
             </w:r>
             <w:r w:rsidR="00A379A4" w:rsidRPr="00652096">
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000A7500" w:rsidRPr="004D0DFA" w14:paraId="0D281B9F" w14:textId="36384A12" w:rsidTr="001068C3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1898" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
@@ -1847,220 +2328,219 @@
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2F8377D1" w14:textId="1225502D" w:rsidR="00F6723F" w:rsidRPr="001068C3" w:rsidRDefault="00F6723F" w:rsidP="00F6723F">
             <w:pPr>
               <w:pStyle w:val="TableData-LeftAlignInteriorTableChartGraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001068C3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Can fund:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1BE82EF3" w14:textId="77777777" w:rsidR="00842E67" w:rsidRPr="00842E67" w:rsidRDefault="00842E67" w:rsidP="00842E67">
+          <w:p w14:paraId="1BE82EF3" w14:textId="77777777" w:rsidR="00842E67" w:rsidRPr="00842E67" w:rsidRDefault="00842E67" w:rsidP="00343009">
             <w:pPr>
               <w:pStyle w:val="Bullets1"/>
               <w:spacing w:after="60"/>
-              <w:ind w:left="360"/>
+              <w:ind w:left="181" w:hanging="181"/>
             </w:pPr>
             <w:r w:rsidRPr="001068C3">
               <w:t xml:space="preserve">Consultants or contractors </w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00842E67">
-              <w:t>required for the project due to a specialized need or skill set. (Describe their role and skill set.)</w:t>
+              <w:t>required</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00842E67">
+              <w:t xml:space="preserve"> for the project due to a specialized need or skill set. (Describe their role and skill set.)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="355DDE78" w14:textId="77777777" w:rsidR="00842E67" w:rsidRPr="001068C3" w:rsidRDefault="00842E67" w:rsidP="00842E67">
+          <w:p w14:paraId="355DDE78" w14:textId="77777777" w:rsidR="00842E67" w:rsidRPr="001068C3" w:rsidRDefault="00842E67" w:rsidP="00343009">
             <w:pPr>
               <w:pStyle w:val="Bullets1"/>
               <w:spacing w:after="60"/>
-              <w:ind w:left="360"/>
+              <w:ind w:left="181" w:hanging="181"/>
             </w:pPr>
             <w:r w:rsidRPr="001068C3">
               <w:t xml:space="preserve">Materials </w:t>
             </w:r>
             <w:r w:rsidRPr="00842E67">
               <w:t>or equipment needed specifically for the project.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0C66F399" w14:textId="77777777" w:rsidR="00842E67" w:rsidRPr="006E0DAA" w:rsidRDefault="00842E67" w:rsidP="001068C3">
+          <w:p w14:paraId="0C66F399" w14:textId="77777777" w:rsidR="00842E67" w:rsidRPr="006E0DAA" w:rsidRDefault="00842E67" w:rsidP="00343009">
             <w:pPr>
               <w:pStyle w:val="Bullets1"/>
               <w:spacing w:after="60"/>
-              <w:ind w:left="360"/>
+              <w:ind w:left="181" w:hanging="181"/>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00842E67">
-              <w:t>Travel and subsistence costs directly related to and necessary to carry out the activities under the project</w:t>
+              <w:t xml:space="preserve">Travel and subsistence costs </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00842E67">
+              <w:t>directly</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00842E67">
+              <w:t xml:space="preserve"> related to and necessary to carry out the activities under the project</w:t>
             </w:r>
             <w:r w:rsidRPr="00652096">
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidRPr="00B255B3">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Note:</w:t>
             </w:r>
             <w:r w:rsidRPr="00C3339E">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00652096">
               <w:t xml:space="preserve">These costs must comply with the Government of Alberta’s </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> HYPERLINK "https://open.alberta.ca/publications/travel-meal-and-hospitality-expenses-policy-expenses-policy" </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:t>Tr</w:t>
             </w:r>
             <w:r w:rsidRPr="006E0DAA">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:t>avel, meal and hospitality expenses policy</w:t>
             </w:r>
             <w:r w:rsidRPr="00B255B3">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5D2972C6" w14:textId="649BDD44" w:rsidR="00842E67" w:rsidRPr="00502A0E" w:rsidRDefault="00842E67" w:rsidP="00842E67">
+          <w:p w14:paraId="5D2972C6" w14:textId="649BDD44" w:rsidR="00842E67" w:rsidRPr="00502A0E" w:rsidRDefault="00842E67" w:rsidP="00343009">
             <w:pPr>
               <w:pStyle w:val="Bullets1"/>
               <w:spacing w:after="60"/>
-              <w:ind w:left="360"/>
+              <w:ind w:left="181" w:hanging="181"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Other </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>expenses directly related to the project, including:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1A24F35E" w14:textId="77777777" w:rsidR="00842E67" w:rsidRPr="00502A0E" w:rsidRDefault="00842E67" w:rsidP="00842E67">
+          <w:p w14:paraId="1A24F35E" w14:textId="77777777" w:rsidR="00842E67" w:rsidRPr="00502A0E" w:rsidRDefault="00842E67" w:rsidP="00E26487">
             <w:pPr>
               <w:pStyle w:val="Bullets1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="29"/>
               </w:numPr>
               <w:spacing w:after="60"/>
-              <w:ind w:left="720"/>
+              <w:ind w:left="451" w:hanging="270"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">staff training </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">staff training costs; </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="16992409" w14:textId="77777777" w:rsidR="00842E67" w:rsidRPr="00502A0E" w:rsidRDefault="00842E67" w:rsidP="00842E67">
+          <w:p w14:paraId="16992409" w14:textId="77777777" w:rsidR="00842E67" w:rsidRPr="00502A0E" w:rsidRDefault="00842E67" w:rsidP="00343009">
             <w:pPr>
               <w:pStyle w:val="Bullets1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="29"/>
               </w:numPr>
               <w:spacing w:after="60"/>
-              <w:ind w:left="720"/>
+              <w:ind w:left="451" w:hanging="270"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">staff role, salary costs, and FTE amount; and </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0C081A4E" w14:textId="77777777" w:rsidR="00842E67" w:rsidRPr="001C3962" w:rsidRDefault="00842E67" w:rsidP="00842E67">
+          <w:p w14:paraId="0C081A4E" w14:textId="77777777" w:rsidR="00842E67" w:rsidRPr="001C3962" w:rsidRDefault="00842E67" w:rsidP="00343009">
             <w:pPr>
               <w:pStyle w:val="Bullets1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="29"/>
               </w:numPr>
               <w:spacing w:after="120"/>
-              <w:ind w:left="720"/>
+              <w:ind w:left="451" w:hanging="270"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>any other required details to support the justification.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1DFB995D" w14:textId="2A947115" w:rsidR="00BA6E43" w:rsidRPr="001068C3" w:rsidRDefault="00BA6E43" w:rsidP="001068C3">
             <w:pPr>
               <w:pStyle w:val="Bullets1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4500" w:type="dxa"/>
@@ -2167,94 +2647,91 @@
               <w:t xml:space="preserve"> of office equipment</w:t>
             </w:r>
             <w:r w:rsidRPr="00652096">
               <w:t xml:space="preserve">, office </w:t>
             </w:r>
             <w:r w:rsidR="00516C1B" w:rsidRPr="00652096">
               <w:t>supplies, furniture, electronics, personal protective equipment</w:t>
             </w:r>
             <w:r w:rsidRPr="00652096">
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="49F06ED9" w14:textId="0AA4322B" w:rsidR="00F16E22" w:rsidRPr="00652096" w:rsidRDefault="00F16E22" w:rsidP="001068C3">
             <w:pPr>
               <w:pStyle w:val="Bullets2"/>
               <w:spacing w:after="0"/>
               <w:ind w:left="361" w:hanging="180"/>
             </w:pPr>
             <w:r w:rsidRPr="00652096">
               <w:t>R</w:t>
             </w:r>
             <w:r w:rsidR="00F31300" w:rsidRPr="00652096">
               <w:t>egular</w:t>
             </w:r>
             <w:r w:rsidR="00516C1B" w:rsidRPr="00652096">
-              <w:t xml:space="preserve"> maintenance upgrades to existing websites (e.g. simplifying language or easing navigation of website</w:t>
-            </w:r>
+              <w:t xml:space="preserve"> maintenance upgrades to existing websites (e.g. simplifying language or easing navigation of </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00516C1B" w:rsidRPr="00652096">
+              <w:t>website</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="00F31300" w:rsidRPr="00652096">
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidRPr="00652096">
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="06E3A110" w14:textId="62D84F9A" w:rsidR="00F16E22" w:rsidRPr="00652096" w:rsidRDefault="000409CC" w:rsidP="001068C3">
+          <w:p w14:paraId="06E3A110" w14:textId="6F944AEB" w:rsidR="00F16E22" w:rsidRPr="00652096" w:rsidRDefault="000409CC" w:rsidP="001068C3">
             <w:pPr>
               <w:pStyle w:val="Bullets2"/>
               <w:spacing w:after="0"/>
               <w:ind w:left="361" w:hanging="180"/>
             </w:pPr>
             <w:r w:rsidRPr="00652096">
               <w:t>Office</w:t>
             </w:r>
             <w:r w:rsidR="00516C1B" w:rsidRPr="00652096">
               <w:t xml:space="preserve"> software</w:t>
             </w:r>
             <w:r w:rsidR="00F16E22" w:rsidRPr="00652096">
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidR="00516C1B" w:rsidRPr="00652096">
               <w:t xml:space="preserve"> applications</w:t>
             </w:r>
             <w:r w:rsidR="00F16E22" w:rsidRPr="00652096">
               <w:t>, or</w:t>
             </w:r>
             <w:r w:rsidR="00F31300" w:rsidRPr="00652096">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...9 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00343009" w:rsidRPr="00652096">
+              <w:t>licenses</w:t>
+            </w:r>
             <w:r w:rsidR="00516C1B" w:rsidRPr="00652096">
               <w:t xml:space="preserve"> (e.g. </w:t>
             </w:r>
             <w:r w:rsidRPr="00652096">
               <w:t>Microsoft Office, Adobe Creative Suite).</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0EB3CCB3" w14:textId="10FB723B" w:rsidR="00F31300" w:rsidRPr="00652096" w:rsidRDefault="00F16E22" w:rsidP="001068C3">
             <w:pPr>
               <w:pStyle w:val="Bullets2"/>
               <w:spacing w:after="0"/>
               <w:ind w:left="361" w:hanging="180"/>
             </w:pPr>
             <w:r w:rsidRPr="00652096">
               <w:t>T</w:t>
             </w:r>
             <w:r w:rsidR="00F31300" w:rsidRPr="00652096">
               <w:t xml:space="preserve">elephone </w:t>
             </w:r>
             <w:r w:rsidRPr="00652096">
               <w:t>or</w:t>
             </w:r>
             <w:r w:rsidR="00F31300" w:rsidRPr="00652096">
               <w:t xml:space="preserve"> voicemail connection and rental costs, etc. </w:t>
             </w:r>
@@ -2270,51 +2747,59 @@
             </w:pPr>
             <w:r w:rsidRPr="00652096">
               <w:lastRenderedPageBreak/>
               <w:t>Compensation expenses related to discretionary severance and separation packages</w:t>
             </w:r>
             <w:r w:rsidR="00EF7060" w:rsidRPr="00652096">
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5463324F" w14:textId="7B47E7C3" w:rsidR="00F31300" w:rsidRPr="00652096" w:rsidRDefault="00F31300" w:rsidP="001068C3">
             <w:pPr>
               <w:pStyle w:val="Tablebullets1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
               <w:ind w:left="196" w:hanging="196"/>
             </w:pPr>
             <w:r w:rsidRPr="00652096">
               <w:t xml:space="preserve">Travel and </w:t>
             </w:r>
             <w:r w:rsidR="00EF7060" w:rsidRPr="00652096">
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidRPr="00652096">
-              <w:t xml:space="preserve">ubsistence costs related to commuting </w:t>
+              <w:t xml:space="preserve">ubsistence costs </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00652096">
+              <w:t>related</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00652096">
+              <w:t xml:space="preserve"> to commuting </w:t>
             </w:r>
             <w:r w:rsidR="00EF7060" w:rsidRPr="00652096">
               <w:t xml:space="preserve">between </w:t>
             </w:r>
             <w:r w:rsidRPr="00652096">
               <w:t>a residence and place of employment</w:t>
             </w:r>
             <w:r w:rsidR="00EF7060" w:rsidRPr="00652096">
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7C8DE121" w14:textId="0FE6D1AF" w:rsidR="00F31300" w:rsidRPr="00652096" w:rsidRDefault="00F31300" w:rsidP="001068C3">
             <w:pPr>
               <w:pStyle w:val="Tablebullets1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
               <w:ind w:left="196" w:hanging="196"/>
             </w:pPr>
             <w:r w:rsidRPr="00652096">
               <w:t xml:space="preserve">Insurance costs </w:t>
             </w:r>
             <w:r w:rsidR="00D215E8" w:rsidRPr="00652096">
               <w:t xml:space="preserve">(e.g. </w:t>
@@ -2339,96 +2824,104 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="6A02A66C" w14:textId="15BCB326" w:rsidR="00F31300" w:rsidRPr="00652096" w:rsidRDefault="00F31300" w:rsidP="001068C3">
             <w:pPr>
               <w:pStyle w:val="Tablebullets1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
               <w:ind w:left="196" w:hanging="196"/>
             </w:pPr>
             <w:r w:rsidRPr="00652096">
               <w:t>Costs for construction or renovation of organization or project facilities</w:t>
             </w:r>
             <w:r w:rsidR="0053756A" w:rsidRPr="00652096">
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="02B76BC2" w14:textId="77777777" w:rsidR="00F31300" w:rsidRPr="00652096" w:rsidRDefault="00F31300" w:rsidP="009D0592">
             <w:pPr>
               <w:pStyle w:val="Bullets1"/>
               <w:spacing w:after="60"/>
               <w:ind w:left="196" w:hanging="196"/>
             </w:pPr>
             <w:r w:rsidRPr="00652096">
-              <w:t>Expenses where a personal benefit could be derived are ineligible.</w:t>
+              <w:t xml:space="preserve">Expenses where </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00652096">
+              <w:t>a personal</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00652096">
+              <w:t xml:space="preserve"> benefit could be derived are ineligible.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="51ADA1E1" w14:textId="164D1546" w:rsidR="00BA6E43" w:rsidRPr="00652096" w:rsidRDefault="00F31300" w:rsidP="009D0592">
             <w:pPr>
               <w:pStyle w:val="Bullets1"/>
               <w:ind w:left="196" w:hanging="196"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00652096">
               <w:t>Education or training unrelated to the project</w:t>
             </w:r>
             <w:r w:rsidR="0053756A" w:rsidRPr="00652096">
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="78C5B459" w14:textId="3C5649BC" w:rsidR="00AC78B7" w:rsidRPr="00C2618B" w:rsidRDefault="00C55019" w:rsidP="001068C3">
       <w:pPr>
         <w:pStyle w:val="Section1"/>
         <w:spacing w:before="240"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">How to </w:t>
       </w:r>
       <w:r w:rsidR="0073224E">
         <w:t>fill out</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> the application form</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="214085D5" w14:textId="0146C582" w:rsidR="00727A06" w:rsidRDefault="0073224E" w:rsidP="00C55019">
       <w:bookmarkStart w:id="9" w:name="_Hlk129088027"/>
       <w:bookmarkStart w:id="10" w:name="_Hlk129088876"/>
       <w:bookmarkStart w:id="11" w:name="_Toc72832938"/>
       <w:r>
         <w:t xml:space="preserve">Begin your application by downloading and completing the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
+      <w:hyperlink r:id="rId12" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>grant a</w:t>
         </w:r>
         <w:r w:rsidRPr="0043228E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>pplication form</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00727A06">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00C55019">
         <w:t>The application form</w:t>
       </w:r>
       <w:r w:rsidR="00C55019" w:rsidRPr="000F07AB">
         <w:t xml:space="preserve"> is a dynamic form; </w:t>
       </w:r>
       <w:r w:rsidR="00C55019">
         <w:t>fields</w:t>
       </w:r>
@@ -2509,100 +3002,100 @@
         <w:t xml:space="preserve">any </w:t>
       </w:r>
       <w:r w:rsidRPr="000F07AB">
         <w:t>information that exceeds a designated word limit.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79C1339D" w14:textId="1E76DA50" w:rsidR="00763B46" w:rsidRDefault="00763B46" w:rsidP="00763B46">
       <w:r>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidRPr="00BA4DE2">
         <w:t xml:space="preserve">he Ministry may quote portions of </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">successful </w:t>
       </w:r>
       <w:r w:rsidRPr="00BA4DE2">
         <w:t>application</w:t>
       </w:r>
       <w:r>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00BA4DE2">
         <w:t xml:space="preserve"> in public communications, including on the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:anchor="jumplinks-5" w:history="1">
+      <w:hyperlink r:id="rId13" w:anchor="jumplinks-5" w:history="1">
         <w:r w:rsidRPr="00BA4DE2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>SPHIFR grant program</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00E826D7">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t xml:space="preserve"> website</w:t>
       </w:r>
       <w:r w:rsidRPr="00BA4DE2">
         <w:t>. Do not include confidential information</w:t>
       </w:r>
       <w:r w:rsidR="00727A06">
         <w:t xml:space="preserve"> in the form</w:t>
       </w:r>
       <w:r w:rsidRPr="00BA4DE2">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:p w14:paraId="6802CF84" w14:textId="710FA154" w:rsidR="00E1645D" w:rsidRDefault="00E1645D" w:rsidP="00E1645D">
       <w:r>
         <w:t xml:space="preserve">Descriptions of the application form’s sections and fields, and the information that must be provided in them, are as follows: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:p w14:paraId="2E5031C1" w14:textId="77777777" w:rsidR="00C55019" w:rsidRPr="00EF17ED" w:rsidRDefault="00C55019" w:rsidP="001068C3">
       <w:pPr>
         <w:pStyle w:val="Section2"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SPHIFR stream selection </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A0B5624" w14:textId="1313B97C" w:rsidR="0002342B" w:rsidRDefault="0002342B" w:rsidP="0002342B">
+    <w:p w14:paraId="1A0B5624" w14:textId="515E06FC" w:rsidR="0002342B" w:rsidRDefault="0002342B" w:rsidP="0002342B">
       <w:pPr>
         <w:spacing w:after="60"/>
       </w:pPr>
       <w:r>
         <w:t>When you first open</w:t>
       </w:r>
       <w:r w:rsidRPr="00D56FBC">
         <w:t xml:space="preserve"> the grant </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
+      <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidRPr="0043228E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>application form</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00D56FBC">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">you will need to </w:t>
       </w:r>
       <w:r w:rsidRPr="00D56FBC">
         <w:t>select</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> the stream for which you are applying:</w:t>
       </w:r>
       <w:r w:rsidRPr="00D56FBC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E37F57">
         <w:rPr>
           <w:b/>
@@ -2749,51 +3242,51 @@
       </w:r>
       <w:r w:rsidR="00AC73D0">
         <w:t xml:space="preserve">’s </w:t>
       </w:r>
       <w:r w:rsidR="00A97104">
         <w:t xml:space="preserve">contact person </w:t>
       </w:r>
       <w:r w:rsidRPr="00493219">
         <w:t xml:space="preserve">will </w:t>
       </w:r>
       <w:r w:rsidR="00A97104">
         <w:t xml:space="preserve">receive all </w:t>
       </w:r>
       <w:r w:rsidR="00C45908">
         <w:t xml:space="preserve">project </w:t>
       </w:r>
       <w:r w:rsidR="00A97104">
         <w:t>correspondence and notifications from the Ministry</w:t>
       </w:r>
       <w:r w:rsidRPr="00493219">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00021A55" w:rsidRPr="00021A55">
         <w:t xml:space="preserve"> Notify </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16" w:history="1">
+      <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidR="00021A55" w:rsidRPr="00145FDC">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>SPHIFR@gov.ab.ca</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00021A55">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00021A55" w:rsidRPr="00021A55">
         <w:t xml:space="preserve">if </w:t>
       </w:r>
       <w:r w:rsidR="00021A55">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="00021A55" w:rsidRPr="00021A55">
         <w:t>contact information changes after you submit the application</w:t>
       </w:r>
       <w:r w:rsidR="00A97104">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="547979D7" w14:textId="64FE0101" w:rsidR="00516C1B" w:rsidRPr="00C37959" w:rsidRDefault="00516C1B" w:rsidP="001068C3">
       <w:pPr>
@@ -3278,51 +3771,59 @@
     </w:p>
     <w:p w14:paraId="37CED85A" w14:textId="77777777" w:rsidR="00C37959" w:rsidRDefault="00C37959" w:rsidP="001068C3">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="16" w:name="_Toc72832944"/>
       <w:r w:rsidRPr="009A5298">
         <w:t>What is the project?</w:t>
       </w:r>
       <w:bookmarkEnd w:id="16"/>
       <w:r w:rsidRPr="009A5298">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="154ECEE9" w14:textId="079D97F7" w:rsidR="00AC78B7" w:rsidRPr="00AC78B7" w:rsidRDefault="00AC78B7" w:rsidP="009D0592">
       <w:pPr>
         <w:spacing w:after="60"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC78B7">
         <w:t xml:space="preserve">In </w:t>
       </w:r>
       <w:r w:rsidR="00C1421E">
         <w:t>five</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC78B7">
-        <w:t xml:space="preserve"> sentences or less, clearly describe</w:t>
+        <w:t xml:space="preserve"> sentences or less, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AC78B7">
+        <w:t>clearly</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AC78B7">
+        <w:t xml:space="preserve"> describe</w:t>
       </w:r>
       <w:r w:rsidR="004E5ED9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009A5298">
         <w:t>the project</w:t>
       </w:r>
       <w:r w:rsidR="006C0ADA">
         <w:t>. I</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC78B7">
         <w:t>nclud</w:t>
       </w:r>
       <w:r w:rsidR="006C0ADA">
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC78B7">
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B648ECC" w14:textId="431F69C5" w:rsidR="00AC78B7" w:rsidRPr="002E5285" w:rsidRDefault="00AC78B7" w:rsidP="001068C3">
       <w:pPr>
         <w:pStyle w:val="Bullets1"/>
         <w:spacing w:after="60"/>
       </w:pPr>
@@ -3492,98 +3993,101 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AA30F4">
         <w:t xml:space="preserve">the purpose or goal of reaching this audience. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69D6210E" w14:textId="06D3B144" w:rsidR="00924336" w:rsidRPr="00924336" w:rsidRDefault="00B5725C" w:rsidP="00B5725C">
       <w:pPr>
         <w:spacing w:after="60"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC78B7">
         <w:t>Examples</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004E5ED9">
         <w:t xml:space="preserve">of </w:t>
       </w:r>
       <w:r w:rsidR="00C37959">
         <w:t xml:space="preserve">service </w:t>
       </w:r>
       <w:r w:rsidR="00760A24">
         <w:t xml:space="preserve">delivery </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00AC78B7">
         <w:t>include</w:t>
       </w:r>
       <w:r w:rsidR="00924336">
-        <w:t>:</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> in-person </w:t>
+        <w:t xml:space="preserve">: in-person </w:t>
       </w:r>
       <w:r w:rsidR="00760A24">
         <w:t xml:space="preserve">group or </w:t>
       </w:r>
       <w:r w:rsidR="00924336">
         <w:t>class setting, on-line resources</w:t>
       </w:r>
       <w:r>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC78B7">
         <w:t xml:space="preserve"> e-learning </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r w:rsidR="00924336">
         <w:t>training development</w:t>
       </w:r>
       <w:r w:rsidR="00760A24">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28E94466" w14:textId="6AC6B2F4" w:rsidR="00AC78B7" w:rsidRPr="00AC78B7" w:rsidRDefault="00AC78B7" w:rsidP="00AC78B7">
       <w:r w:rsidRPr="00AC78B7">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Word limit: 300</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58F23B86" w14:textId="4D32798A" w:rsidR="006B45C2" w:rsidRDefault="006B45C2" w:rsidP="001068C3">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="18" w:name="_Toc72832948"/>
       <w:r w:rsidRPr="006B45C2">
-        <w:t xml:space="preserve">Does the proposed service consider ways to build capacity within first responders, emergency workers, or their supports to prevent PTSI or lessen the severity of PTSI in workers following traumatic incidents? Explain how.   </w:t>
+        <w:t xml:space="preserve">Does the proposed service consider ways to build capacity within first responders, emergency workers, or their </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B45C2">
+        <w:t>supports</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B45C2">
+        <w:t xml:space="preserve"> to prevent PTSI or lessen the severity of PTSI in workers following traumatic incidents? Explain how.   </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67F35BA1" w14:textId="5CE2CB96" w:rsidR="006B45C2" w:rsidRPr="006B45C2" w:rsidRDefault="001622D8" w:rsidP="00440F65">
       <w:bookmarkStart w:id="19" w:name="_Hlk189833088"/>
       <w:r>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="006B45C2">
         <w:t xml:space="preserve">rovide </w:t>
       </w:r>
       <w:r w:rsidR="00440F65">
         <w:t>details</w:t>
       </w:r>
       <w:r w:rsidR="006B45C2">
         <w:t xml:space="preserve"> on how the service will prepare first responder</w:t>
       </w:r>
       <w:r>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00606C34">
         <w:t xml:space="preserve"> or</w:t>
       </w:r>
       <w:r w:rsidR="006B45C2">
         <w:t xml:space="preserve"> emergency workers</w:t>
       </w:r>
@@ -3645,76 +4149,79 @@
       </w:r>
       <w:r w:rsidR="0065018F" w:rsidRPr="001068C3">
         <w:t xml:space="preserve">project limitations and </w:t>
       </w:r>
       <w:r w:rsidRPr="001068C3">
         <w:t>risks</w:t>
       </w:r>
       <w:r w:rsidR="0065018F" w:rsidRPr="001068C3">
         <w:t>?</w:t>
       </w:r>
       <w:r w:rsidR="002A0B46">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11CEAAFD" w14:textId="63257E26" w:rsidR="0065018F" w:rsidRDefault="00CF4B4B" w:rsidP="00236A35">
       <w:r>
         <w:t xml:space="preserve">Identify the potential </w:t>
       </w:r>
       <w:r w:rsidR="00CC5753">
         <w:t>limitations</w:t>
       </w:r>
       <w:r w:rsidR="003B23DD">
         <w:t xml:space="preserve"> of</w:t>
       </w:r>
       <w:r w:rsidR="00CC5753">
-        <w:t xml:space="preserve"> or </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00CC5753">
+        <w:t>or</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00CC5753">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>risks to successful completion of the project</w:t>
       </w:r>
       <w:r w:rsidR="002A0B46">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77BF0A32" w14:textId="51AE6D51" w:rsidR="00CC5753" w:rsidRDefault="00CC5753" w:rsidP="00236A35">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC78B7">
-        <w:t xml:space="preserve">Examples </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Examples include:</w:t>
+      </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00ED693B">
         <w:t>U</w:t>
       </w:r>
       <w:r>
         <w:t>ncontrollable circumstances</w:t>
       </w:r>
       <w:r w:rsidR="0065018F">
         <w:t>;</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> participants</w:t>
       </w:r>
       <w:r w:rsidR="005E1ADE">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> work schedule </w:t>
       </w:r>
       <w:r w:rsidR="005E1ADE">
         <w:t>or</w:t>
       </w:r>
       <w:r>
@@ -3865,51 +4372,59 @@
       <w:r w:rsidR="00D52EFE">
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="797FCC13" w14:textId="0DD291D0" w:rsidR="00D52EFE" w:rsidRDefault="00D52EFE" w:rsidP="001068C3">
       <w:pPr>
         <w:pStyle w:val="Bullets1"/>
         <w:spacing w:after="60"/>
       </w:pPr>
       <w:r>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="00802B78" w:rsidRPr="00AC78B7">
         <w:t>re</w:t>
       </w:r>
       <w:r w:rsidR="006652E1">
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="00802B78" w:rsidRPr="00AC78B7">
         <w:t xml:space="preserve"> and post</w:t>
       </w:r>
       <w:r w:rsidR="006652E1">
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="00802B78" w:rsidRPr="00AC78B7">
-        <w:t>service surveys to understand participants’ perceived value of the service</w:t>
+        <w:t xml:space="preserve">service surveys to understand </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00802B78" w:rsidRPr="00AC78B7">
+        <w:t>participants’</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00802B78" w:rsidRPr="00AC78B7">
+        <w:t xml:space="preserve"> perceived value of the service</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FD45C90" w14:textId="7D8455C4" w:rsidR="00D52EFE" w:rsidRDefault="00D52EFE" w:rsidP="001068C3">
       <w:pPr>
         <w:pStyle w:val="Bullets1"/>
         <w:spacing w:after="60"/>
       </w:pPr>
       <w:r>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidR="00AC78B7" w:rsidRPr="00AC78B7">
         <w:t>dentified deliverables completed on time and within budget</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2143D29C" w14:textId="7EEAA5E3" w:rsidR="00655215" w:rsidRDefault="00D52EFE" w:rsidP="001068C3">
       <w:pPr>
         <w:pStyle w:val="Bullets1"/>
         <w:spacing w:after="60"/>
         <w:rPr>
@@ -3938,104 +4453,114 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="1BFDD509" w14:textId="12F3FE33" w:rsidR="00AC78B7" w:rsidRPr="001068C3" w:rsidRDefault="00911B1A" w:rsidP="001068C3">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="21" w:name="_Toc72832951"/>
       <w:r w:rsidRPr="001068C3">
         <w:t xml:space="preserve">Will </w:t>
       </w:r>
       <w:r w:rsidR="00AC78B7" w:rsidRPr="001068C3">
         <w:t>there be a fee for access</w:t>
       </w:r>
       <w:r w:rsidRPr="001068C3">
         <w:t>?</w:t>
       </w:r>
       <w:bookmarkEnd w:id="21"/>
     </w:p>
     <w:p w14:paraId="1BE19AB9" w14:textId="779FDF5D" w:rsidR="00A861EA" w:rsidRDefault="00A861EA" w:rsidP="00A01C5B">
       <w:pPr>
         <w:spacing w:after="60"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">If a fee </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00911B1A">
         <w:t>will be</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00911B1A" w:rsidRPr="00AC78B7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">charged to access the service, </w:t>
       </w:r>
       <w:r w:rsidR="00911B1A">
         <w:t>provide an estimate of the amount. Describe</w:t>
       </w:r>
       <w:r w:rsidR="00AC78B7" w:rsidRPr="00AC78B7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">the rationale for the fee </w:t>
       </w:r>
       <w:r w:rsidR="00AC78B7" w:rsidRPr="00AC78B7">
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r w:rsidR="00911B1A">
         <w:t>estimate</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> what portion of the service the fee will cover. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73E287AB" w14:textId="7B58E1F6" w:rsidR="00AC78B7" w:rsidRPr="00AC78B7" w:rsidRDefault="00AC78B7" w:rsidP="00AC78B7">
       <w:r w:rsidRPr="00AC78B7">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Word limit: 300</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45DE42F7" w14:textId="77777777" w:rsidR="00B5725C" w:rsidRPr="001068C3" w:rsidRDefault="00B5725C" w:rsidP="001068C3">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="22" w:name="_Toc72832952"/>
       <w:r w:rsidRPr="001068C3">
         <w:t>How is this project distinct from your regular business?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5CBD6715" w14:textId="77777777" w:rsidR="00711E53" w:rsidRDefault="00B5725C" w:rsidP="00901FA0">
       <w:pPr>
         <w:spacing w:after="60"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC78B7">
-        <w:t xml:space="preserve">Describe how this project </w:t>
-[...2 lines deleted...]
-        <w:t>is different from your</w:t>
+        <w:t xml:space="preserve">Describe how </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AC78B7">
+        <w:t xml:space="preserve">this project </w:t>
+      </w:r>
+      <w:r>
+        <w:t>is different</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> from your</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC78B7">
         <w:t xml:space="preserve"> existing </w:t>
       </w:r>
       <w:r>
         <w:t>services</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC78B7">
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:t>those of your</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC78B7">
         <w:t xml:space="preserve"> partner (if applicable).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6855ECEF" w14:textId="3E59A6CA" w:rsidR="007D4D80" w:rsidRPr="00AC78B7" w:rsidRDefault="00B5725C" w:rsidP="00B5725C">
       <w:r w:rsidRPr="00AC78B7">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Word limit: 300</w:t>
       </w:r>
     </w:p>
@@ -4278,54 +4803,62 @@
       </w:r>
       <w:r w:rsidR="00AC78B7" w:rsidRPr="00AC78B7">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="395EAF6E" w14:textId="42F735C5" w:rsidR="00CA4221" w:rsidRPr="008D74C6" w:rsidRDefault="00AC78B7" w:rsidP="00CA4221">
       <w:r w:rsidRPr="00AC78B7">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Word limit: 300</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="007CE74E" w14:textId="77777777" w:rsidR="00CA4221" w:rsidRDefault="00CA4221" w:rsidP="001068C3">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="26" w:name="_Toc72832956"/>
       <w:r>
         <w:t>Specific to where the project will be implemented or delivered, what region is covered?</w:t>
       </w:r>
       <w:bookmarkEnd w:id="26"/>
     </w:p>
     <w:p w14:paraId="52C254BB" w14:textId="306E2BD6" w:rsidR="000F2F98" w:rsidRPr="008D74C6" w:rsidRDefault="00CA4221" w:rsidP="00CA4221">
       <w:r>
-        <w:t xml:space="preserve">Select the area that best describes where your project will take place (i.e. where </w:t>
+        <w:t xml:space="preserve">Select the area that best describes where your project will take place (i.e. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t xml:space="preserve">where </w:t>
       </w:r>
       <w:r w:rsidR="00CD5721">
-        <w:t xml:space="preserve">will </w:t>
+        <w:t>will</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00CD5721">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="000F2F98">
         <w:t xml:space="preserve">service(s) </w:t>
       </w:r>
       <w:r w:rsidR="008244A2">
         <w:t>will be delivered</w:t>
       </w:r>
       <w:r w:rsidR="000F2F98">
         <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04396906" w14:textId="69D7535C" w:rsidR="004D4444" w:rsidRDefault="00174934" w:rsidP="00C2618B">
       <w:pPr>
         <w:pStyle w:val="Section2"/>
       </w:pPr>
       <w:bookmarkStart w:id="27" w:name="_Toc72832957"/>
       <w:r>
         <w:t xml:space="preserve">5. </w:t>
       </w:r>
       <w:r w:rsidR="00C37959">
         <w:t>Project Schedule</w:t>
       </w:r>
@@ -4499,51 +5032,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AC78B7" w:rsidRPr="00AC78B7">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6E63F73B" wp14:editId="2DCE07EB">
             <wp:extent cx="5486400" cy="1064525"/>
             <wp:effectExtent l="0" t="0" r="0" b="2540"/>
             <wp:docPr id="9" name="Picture 9" descr="Example table"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="9" name="Picture 9" descr="Example table"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
-                    <a:blip r:embed="rId17" cstate="print">
+                    <a:blip r:embed="rId16" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5486400" cy="1064525"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
@@ -4721,57 +5254,65 @@
       <w:r w:rsidR="00EC63DF">
         <w:t>, such as</w:t>
       </w:r>
       <w:r w:rsidR="00C67ACC">
         <w:t xml:space="preserve"> other organization</w:t>
       </w:r>
       <w:r w:rsidR="00DF4389">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00C67ACC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DF4389">
         <w:t>supporting the project</w:t>
       </w:r>
       <w:r w:rsidR="00C67ACC" w:rsidRPr="00C67ACC">
         <w:t xml:space="preserve"> with financial or physical assets</w:t>
       </w:r>
       <w:r w:rsidR="00C67ACC">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00617FF0">
         <w:t xml:space="preserve"> I</w:t>
       </w:r>
       <w:r w:rsidR="00346F98">
-        <w:t>ndicate the valu</w:t>
+        <w:t xml:space="preserve">ndicate the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00346F98">
+        <w:t>valu</w:t>
       </w:r>
       <w:r w:rsidR="006B2266">
         <w:t xml:space="preserve">e </w:t>
       </w:r>
       <w:r w:rsidR="00EC63DF">
-        <w:t xml:space="preserve">amount </w:t>
+        <w:t>amount</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00EC63DF">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006B2266">
         <w:t xml:space="preserve">of </w:t>
       </w:r>
       <w:r w:rsidR="00EC63DF">
         <w:t xml:space="preserve">these resources. For each </w:t>
       </w:r>
       <w:r w:rsidR="00EC63DF">
         <w:lastRenderedPageBreak/>
         <w:t>additional funding source, indicate whether the contribution is in cash or in-kind and indicate whether</w:t>
       </w:r>
       <w:r w:rsidR="00C921E7">
         <w:t xml:space="preserve"> your organization </w:t>
       </w:r>
       <w:r w:rsidR="00C921E7" w:rsidRPr="00AC78B7">
         <w:t>has</w:t>
       </w:r>
       <w:r w:rsidR="00C921E7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EC63DF">
         <w:t xml:space="preserve">received </w:t>
       </w:r>
       <w:r w:rsidR="00C921E7">
         <w:t xml:space="preserve">the </w:t>
@@ -4839,52 +5380,65 @@
         <w:t xml:space="preserve">each item </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC78B7">
         <w:t xml:space="preserve">supports the project goal. </w:t>
       </w:r>
       <w:r w:rsidR="00364B8F" w:rsidRPr="001068C3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
       <w:r w:rsidR="00F6723F" w:rsidRPr="001068C3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>ote</w:t>
       </w:r>
       <w:r w:rsidR="00364B8F">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="0006472A">
         <w:t xml:space="preserve">It is the responsibility of the applicant to ensure that receipt of this funding will not create a funding dependency. </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00F6723F">
-        <w:t>Receipt of funding does not imply or guarantee f</w:t>
+        <w:t>Receipt</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00F6723F">
+        <w:t xml:space="preserve"> of funding </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00F6723F">
+        <w:t>does</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00F6723F">
+        <w:t xml:space="preserve"> not imply or guarantee f</w:t>
       </w:r>
       <w:r w:rsidR="0006472A" w:rsidRPr="00AC78B7">
         <w:t xml:space="preserve">unding in </w:t>
       </w:r>
       <w:r w:rsidR="007F4627">
         <w:t>any future</w:t>
       </w:r>
       <w:r w:rsidR="0006472A" w:rsidRPr="00AC78B7">
         <w:t xml:space="preserve"> year.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D149C42" w14:textId="645933E2" w:rsidR="00883B18" w:rsidRDefault="00795805" w:rsidP="00AC78B7">
       <w:r>
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidR="00B44825">
         <w:t xml:space="preserve">ligible items </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">include: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="381C559D" w14:textId="4F460F65" w:rsidR="00795805" w:rsidRPr="00AC78B7" w:rsidRDefault="00795805" w:rsidP="00BB6690">
       <w:pPr>
         <w:pStyle w:val="Bullets1"/>
@@ -4899,52 +5453,57 @@
       </w:r>
       <w:r w:rsidR="001A5159">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>or</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC78B7">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001A5159">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC78B7">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">ontractors </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00AC78B7">
-        <w:t xml:space="preserve">required for the project due to a specialized need or skill set. </w:t>
+        <w:t>required</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AC78B7">
+        <w:t xml:space="preserve"> for the project due to a specialized need or skill set. </w:t>
       </w:r>
       <w:r w:rsidR="00CA35C7">
         <w:t>(</w:t>
       </w:r>
       <w:r>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC78B7">
         <w:t>escri</w:t>
       </w:r>
       <w:r>
         <w:t>be</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC78B7">
         <w:t xml:space="preserve"> the</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ir </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC78B7">
         <w:t>role and skill set.</w:t>
       </w:r>
       <w:r w:rsidR="00CA35C7">
         <w:t>)</w:t>
       </w:r>
@@ -5115,66 +5674,58 @@
       </w:r>
       <w:r w:rsidR="008503E1">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B047707" w14:textId="14F8F3CA" w:rsidR="00502A0E" w:rsidRPr="00502A0E" w:rsidRDefault="00D308FE" w:rsidP="001068C3">
       <w:pPr>
         <w:pStyle w:val="Bullets1"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:after="60"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">staff training </w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t>staff training costs</w:t>
+      </w:r>
+      <w:r w:rsidR="008503E1">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t>costs</w:t>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="486F57E1" w14:textId="2DAD3D9D" w:rsidR="00502A0E" w:rsidRPr="00502A0E" w:rsidRDefault="00D308FE" w:rsidP="001068C3">
       <w:pPr>
         <w:pStyle w:val="Bullets1"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:after="60"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>staff role, salary costs, and FTE amount</w:t>
@@ -5212,51 +5763,51 @@
         <w:t>any other required details to support the justification.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48AA6FCB" w14:textId="70A090A1" w:rsidR="00AD567A" w:rsidRDefault="00AD567A" w:rsidP="001068C3">
       <w:r w:rsidRPr="00AC78B7">
         <w:t>If you are</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> not sure</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC78B7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">if </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC78B7">
         <w:t>a</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> budget</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC78B7">
         <w:t xml:space="preserve"> item is eligible, contact </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18" w:history="1">
+      <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidRPr="00AC78B7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>SPHIFR@gov.ab.ca</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> before you submit the application.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02C1D8A2" w14:textId="75BC7FEB" w:rsidR="00AC78B7" w:rsidRPr="00AC78B7" w:rsidRDefault="00AC78B7" w:rsidP="00AC78B7">
       <w:r w:rsidRPr="00AC78B7">
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="00FF1BD2">
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC78B7">
         <w:t xml:space="preserve">otal </w:t>
       </w:r>
       <w:r w:rsidR="00FF1BD2">
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC78B7">
@@ -5357,51 +5908,51 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC78B7">
         <w:rPr>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6E080050" wp14:editId="7AE24EF1">
             <wp:extent cx="5514975" cy="1952625"/>
             <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
             <wp:docPr id="8" name="Picture 8" descr="Example table"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="8" name="Picture 8" descr="Example table"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId19">
+                    <a:blip r:embed="rId18">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5514975" cy="1952625"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -5411,51 +5962,51 @@
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00AC78B7">
         <w:rPr>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7018C40A" wp14:editId="1937E397">
             <wp:extent cx="5505450" cy="1676400"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="4" name="Picture 4" descr="Example table"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="4" name="Picture 4" descr="Example table"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId20">
+                    <a:blip r:embed="rId19">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5505450" cy="1676400"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -5526,81 +6077,105 @@
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> Review Engagement Report</w:t>
       </w:r>
       <w:r w:rsidR="004A7C79">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29A62640" w14:textId="77777777" w:rsidR="00427972" w:rsidRDefault="00427972" w:rsidP="008F3F05">
       <w:pPr>
         <w:pStyle w:val="Bullets1"/>
         <w:spacing w:after="60"/>
       </w:pPr>
       <w:r>
         <w:t>The Review Engagement Report must be prepared by a third-party Chartered Professional Accountant who is not associated with your organization.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66162324" w14:textId="77777777" w:rsidR="00427972" w:rsidRDefault="00427972" w:rsidP="008F3F05">
       <w:pPr>
         <w:pStyle w:val="Bullets1"/>
         <w:spacing w:after="60"/>
       </w:pPr>
       <w:r>
-        <w:t>This report must have accompanying financial statements showing the grant income and expenditures (either as a separate statement or as a schedule attached to your organization’s overall unaudited financial statement) and the return of any unused funds, if applicable.</w:t>
+        <w:t xml:space="preserve">This report must have </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>accompanying</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> financial statements showing the grant income and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>expenditures</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> (either as a separate statement or as a schedule attached to your organization’s overall unaudited financial statement) and the return of any unused funds, if applicable.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A4EF743" w14:textId="5C80580A" w:rsidR="00427972" w:rsidRDefault="00427972" w:rsidP="008F3F05">
       <w:pPr>
         <w:pStyle w:val="Bullets1"/>
         <w:spacing w:after="60"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The report </w:t>
       </w:r>
       <w:r w:rsidR="008F3F05">
         <w:t>must</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> confirm</w:t>
       </w:r>
       <w:r w:rsidR="008F3F05">
         <w:t xml:space="preserve"> that</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> the funds were only used in accordance with the purpose of the grant.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4270C7B7" w14:textId="77777777" w:rsidR="00427972" w:rsidRDefault="00427972" w:rsidP="008F3F05">
       <w:pPr>
         <w:pStyle w:val="Bullets1"/>
         <w:spacing w:after="60"/>
       </w:pPr>
       <w:r>
-        <w:t>This report will be due 90 days after your organization’s fiscal year end.</w:t>
+        <w:t xml:space="preserve">This report will be due 90 days after your organization’s </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>fiscal year end</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BAA936A" w14:textId="42BE4D93" w:rsidR="00427972" w:rsidRDefault="00427972" w:rsidP="008F3F05">
       <w:pPr>
         <w:pStyle w:val="Bullets1"/>
         <w:spacing w:after="60"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The cost of </w:t>
       </w:r>
       <w:r w:rsidR="004A7C79">
         <w:t>the</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Review Engagement Report must be included in your application budget.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59E644D7" w14:textId="77777777" w:rsidR="00427972" w:rsidRDefault="00427972" w:rsidP="00427972">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="71EBC558" w14:textId="124424E7" w:rsidR="00427972" w:rsidRDefault="00427972" w:rsidP="00427972">
@@ -5617,70 +6192,83 @@
         <w:t>b</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">odies that receive a grant </w:t>
       </w:r>
       <w:r w:rsidR="004A7C79">
         <w:t>of more than</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> $250,000 must provide an </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Audited Financial Statement</w:t>
       </w:r>
       <w:r w:rsidR="004A7C79">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="004A7C79">
-        <w:t>of your organization.</w:t>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="004A7C79">
+        <w:t xml:space="preserve"> your organization.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CFEA79E" w14:textId="06F8BC3E" w:rsidR="00427972" w:rsidRDefault="004A7C79" w:rsidP="008F3F05">
       <w:pPr>
         <w:pStyle w:val="Bullets1"/>
         <w:spacing w:after="60"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="00427972">
         <w:t xml:space="preserve">Audited Financial Statement </w:t>
       </w:r>
       <w:r>
         <w:t>must</w:t>
       </w:r>
       <w:r w:rsidR="00427972">
-        <w:t xml:space="preserve"> include a schedule showing the grant income and expenditures and the return of unused grant funds, if applicable.</w:t>
+        <w:t xml:space="preserve"> include a schedule showing the grant income and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00427972">
+        <w:t>expenditures</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00427972">
+        <w:t xml:space="preserve"> and the return of unused grant funds, if applicable.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="507152E8" w14:textId="338C29E6" w:rsidR="00427972" w:rsidRDefault="00427972" w:rsidP="008F3F05">
       <w:pPr>
         <w:pStyle w:val="Bullets1"/>
         <w:spacing w:after="60"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This statement must be prepared by a Chartered </w:t>
       </w:r>
       <w:r w:rsidR="008F3F05">
         <w:t xml:space="preserve">Professional </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Accountant, and can be your organization’s Chartered </w:t>
       </w:r>
       <w:r w:rsidR="008F3F05">
         <w:t xml:space="preserve">Professional </w:t>
       </w:r>
       <w:r>
         <w:t>Accountant, if applicable.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26866786" w14:textId="0F5A4369" w:rsidR="00427972" w:rsidRDefault="00427972" w:rsidP="008F3F05">
       <w:pPr>
@@ -5786,51 +6374,59 @@
       <w:r w:rsidR="00FC3AAE">
         <w:t xml:space="preserve">was </w:t>
       </w:r>
       <w:r>
         <w:t>achieved.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B4DE3E7" w14:textId="232D6B39" w:rsidR="000A2AF5" w:rsidRDefault="000A2AF5" w:rsidP="000A2AF5">
       <w:pPr>
         <w:pStyle w:val="Bullets1"/>
         <w:spacing w:after="60"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">How </w:t>
       </w:r>
       <w:r w:rsidR="00FC3AAE">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">actual </w:t>
       </w:r>
       <w:r w:rsidR="00FC3AAE">
         <w:t xml:space="preserve">results </w:t>
       </w:r>
       <w:r>
-        <w:t>for this deliverable will be measured.</w:t>
+        <w:t xml:space="preserve">for this </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>deliverable</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> will be measured.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20772E58" w14:textId="278FF524" w:rsidR="00524499" w:rsidRDefault="000A2AF5" w:rsidP="001068C3">
       <w:pPr>
         <w:pStyle w:val="Bullets1"/>
         <w:spacing w:after="120"/>
       </w:pPr>
       <w:r>
         <w:t>When</w:t>
       </w:r>
       <w:r w:rsidR="00FC3AAE">
         <w:t xml:space="preserve"> the </w:t>
       </w:r>
       <w:r>
         <w:t>data will be collected and reviewed within the grant’s duration.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4991CB69" w14:textId="4C366912" w:rsidR="00C37959" w:rsidRDefault="00C37959" w:rsidP="004D4444">
       <w:r w:rsidRPr="00C37959">
         <w:t>Ensur</w:t>
       </w:r>
       <w:r w:rsidR="00BA7BE7">
         <w:t xml:space="preserve">e </w:t>
       </w:r>
       <w:r w:rsidR="00AC78B7" w:rsidRPr="00AC78B7">
@@ -5977,107 +6573,89 @@
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00FF1BD2" w:rsidRPr="001C3962">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0530C005" w14:textId="2CBDA401" w:rsidR="00F6327C" w:rsidRPr="00F6327C" w:rsidRDefault="001A5159" w:rsidP="001068C3">
       <w:pPr>
         <w:pStyle w:val="Bullets1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:after="60"/>
       </w:pPr>
       <w:r>
         <w:t>Electronically sign</w:t>
       </w:r>
       <w:r w:rsidR="00A019D5">
         <w:t xml:space="preserve"> the completed application PDF.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E13C16E" w14:textId="19D3CB20" w:rsidR="00F6327C" w:rsidRPr="00F6327C" w:rsidRDefault="00F6327C" w:rsidP="001068C3">
+    <w:p w14:paraId="3E13C16E" w14:textId="2B45B3C8" w:rsidR="00F6327C" w:rsidRPr="00F6327C" w:rsidRDefault="002E0A82" w:rsidP="001068C3">
       <w:pPr>
         <w:pStyle w:val="Bullets1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:after="60"/>
       </w:pPr>
+      <w:r>
+        <w:t>Submit your application to</w:t>
+      </w:r>
       <w:r w:rsidRPr="00F6327C">
-        <w:t xml:space="preserve">Click </w:t>
-[...26 lines deleted...]
-        <w:r w:rsidR="00BA7BE7" w:rsidRPr="009C39BB">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:history="1">
+        <w:r w:rsidRPr="00F6327C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>SPHIFR@gov.ab.ca</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00580DAE">
-[...3 lines deleted...]
-        <w:t xml:space="preserve">our signed, completed application </w:t>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B77941">
+        <w:t>with yo</w:t>
+      </w:r>
+      <w:r w:rsidR="00F6327C" w:rsidRPr="00F6327C">
+        <w:t xml:space="preserve">ur signed, completed application </w:t>
       </w:r>
       <w:r w:rsidR="001A5159">
         <w:t>PDF</w:t>
       </w:r>
       <w:r w:rsidR="001A5159" w:rsidRPr="00F6327C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F6327C">
+      <w:r w:rsidR="00F6327C" w:rsidRPr="00F6327C">
         <w:t>attached.</w:t>
       </w:r>
       <w:r w:rsidR="00597350" w:rsidRPr="00597350">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00597350" w:rsidRPr="00B255B3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Do not remove this attached </w:t>
       </w:r>
       <w:r w:rsidR="00597350">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">PDF </w:t>
       </w:r>
       <w:r w:rsidR="00597350" w:rsidRPr="00B255B3">
         <w:rPr>
@@ -6163,51 +6741,59 @@
       </w:r>
       <w:r w:rsidR="00FF1BD2">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FA20571" w14:textId="6219F21A" w:rsidR="00236A35" w:rsidRPr="00D067F6" w:rsidRDefault="00FF1BD2" w:rsidP="001068C3">
       <w:pPr>
         <w:pStyle w:val="Bullets1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:after="60" w:line="276" w:lineRule="auto"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="00AC78B7" w:rsidRPr="00AC78B7">
-        <w:t xml:space="preserve">end the email. </w:t>
+        <w:t xml:space="preserve">end </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00AC78B7" w:rsidRPr="00AC78B7">
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00AC78B7" w:rsidRPr="00AC78B7">
+        <w:t xml:space="preserve"> email. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="502E81DC" w14:textId="6E681F78" w:rsidR="00FF1BD2" w:rsidRPr="001C3962" w:rsidRDefault="002F4FF6" w:rsidP="00236A35">
       <w:pPr>
         <w:spacing w:before="240" w:after="60"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>– OR –</w:t>
       </w:r>
       <w:r w:rsidR="007D4D80">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00D62B41">
         <w:rPr>
           <w:b/>
         </w:rPr>
@@ -6235,102 +6821,83 @@
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B1711CB" w14:textId="63470F39" w:rsidR="00F6327C" w:rsidRPr="00F6327C" w:rsidRDefault="00F6327C" w:rsidP="001068C3">
       <w:pPr>
         <w:pStyle w:val="Bullets1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:spacing w:after="60"/>
       </w:pPr>
       <w:r w:rsidRPr="00F6327C">
         <w:t xml:space="preserve">Print, sign and date the signature page. Scan the signature page and save it as </w:t>
       </w:r>
       <w:r w:rsidR="001A5159">
         <w:t>a PDF file</w:t>
       </w:r>
       <w:r w:rsidR="00E951A3">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35352E9D" w14:textId="39F4D6E8" w:rsidR="00F6327C" w:rsidRPr="001068C3" w:rsidRDefault="00F6327C" w:rsidP="001068C3">
+    <w:p w14:paraId="35352E9D" w14:textId="5ACC185E" w:rsidR="00F6327C" w:rsidRPr="001068C3" w:rsidRDefault="00F6327C" w:rsidP="001068C3">
       <w:pPr>
         <w:pStyle w:val="Bullets1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:spacing w:after="60"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F6327C">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Return to your application </w:t>
       </w:r>
       <w:r w:rsidR="001A5159">
         <w:t>PDF</w:t>
       </w:r>
       <w:r w:rsidR="001A5159" w:rsidRPr="00F6327C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F6327C">
-        <w:t xml:space="preserve">and click </w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve"> button</w:t>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidR="00B77941">
+        <w:t>submit via email to</w:t>
       </w:r>
       <w:r w:rsidRPr="00F6327C">
-        <w:t xml:space="preserve">. This will automatically </w:t>
-[...4 lines deleted...]
-      <w:r w:rsidR="001A5159" w:rsidRPr="00F6327C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F6327C">
-[...2 lines deleted...]
-      <w:hyperlink r:id="rId22" w:history="1">
+      <w:hyperlink r:id="rId21" w:history="1">
         <w:r w:rsidR="00011ECB" w:rsidRPr="001A5159">
           <w:rPr>
             <w:color w:val="0000FF" w:themeColor="hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>SPHIFR@gov.ab.ca</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="001A5159">
         <w:t xml:space="preserve">, with </w:t>
       </w:r>
       <w:r w:rsidR="00524BEF">
         <w:t>the</w:t>
       </w:r>
       <w:r w:rsidRPr="00F6327C">
         <w:t xml:space="preserve"> unsigned, completed application </w:t>
       </w:r>
       <w:r w:rsidR="001A5159">
         <w:t>PDF</w:t>
       </w:r>
       <w:r w:rsidR="001A5159" w:rsidRPr="00F6327C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00524BEF">
         <w:t xml:space="preserve">file </w:t>
@@ -6421,51 +6988,59 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>below</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC78B7">
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B5CAB51" w14:textId="4844EA9F" w:rsidR="00AC78B7" w:rsidRDefault="00AC78B7" w:rsidP="001068C3">
       <w:pPr>
         <w:pStyle w:val="Bullets1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:spacing w:after="240"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC78B7">
-        <w:t>Send the email</w:t>
+        <w:t xml:space="preserve">Send </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AC78B7">
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AC78B7">
+        <w:t xml:space="preserve"> email</w:t>
       </w:r>
       <w:r w:rsidR="00FF1BD2">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39784A04" w14:textId="77777777" w:rsidR="00BA7BE7" w:rsidRDefault="00BA7BE7" w:rsidP="00042BF4">
       <w:pPr>
         <w:pStyle w:val="Section1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Application </w:t>
       </w:r>
       <w:r w:rsidR="00042BF4" w:rsidRPr="00AC78B7">
         <w:t>attachments</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56BC4435" w14:textId="77777777" w:rsidR="00042BF4" w:rsidRPr="00AC78B7" w:rsidRDefault="00042BF4" w:rsidP="00042BF4">
       <w:r w:rsidRPr="00AC78B7">
         <w:t xml:space="preserve">Depending on </w:t>
       </w:r>
       <w:r>
         <w:t>answers you provide on the</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC78B7">
         <w:t xml:space="preserve"> application, </w:t>
@@ -6569,51 +7144,59 @@
         </w:rPr>
         <w:t xml:space="preserve">organization </w:t>
       </w:r>
       <w:r w:rsidRPr="00042BF4">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>letter of support</w:t>
       </w:r>
       <w:r w:rsidR="00BA7BE7" w:rsidRPr="000F2F98">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00BA7BE7" w:rsidRPr="00BA7BE7">
         <w:t>If a partner organization</w:t>
       </w:r>
       <w:r w:rsidR="00BA7BE7" w:rsidRPr="000F2F98">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BA7BE7">
-        <w:t xml:space="preserve">is included on the application as having a role in the project, </w:t>
+        <w:t xml:space="preserve">is included </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00BA7BE7">
+        <w:t>on</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00BA7BE7">
+        <w:t xml:space="preserve"> the application as having a role in the project, </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">you must include </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC78B7">
         <w:t>a letter</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> from the partner</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC78B7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>indicating their specific role</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC78B7">
         <w:t xml:space="preserve">. The letter must be on the partner organization’s </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00ED0AFE" w:rsidRPr="00AC78B7">
         <w:t>letterhead</w:t>
       </w:r>
       <w:r w:rsidR="00ED0AFE">
         <w:t>,</w:t>
@@ -6630,51 +7213,51 @@
       </w:r>
       <w:r w:rsidRPr="00AC78B7">
         <w:t xml:space="preserve">their specific role </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">and the nature of </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC78B7">
         <w:t>their support for the project.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00853BDB">
         <w:t>Within three business days, you should</w:t>
       </w:r>
       <w:r w:rsidR="00AC78B7" w:rsidRPr="00AC78B7">
         <w:t xml:space="preserve"> receive a</w:t>
       </w:r>
       <w:r w:rsidR="00853BDB">
         <w:t xml:space="preserve">n email </w:t>
       </w:r>
       <w:r w:rsidR="00AC78B7" w:rsidRPr="00AC78B7">
         <w:t xml:space="preserve">from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23" w:history="1">
+      <w:hyperlink r:id="rId22" w:history="1">
         <w:r w:rsidR="006B2266" w:rsidRPr="00AC78B7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>SPHIFR@gov.ab.ca</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00853BDB">
         <w:t xml:space="preserve"> confirming receipt of your application</w:t>
       </w:r>
       <w:r w:rsidR="00EA20E0">
         <w:t>. If you do not receive the confirmation email,</w:t>
       </w:r>
       <w:r w:rsidR="00AC78B7" w:rsidRPr="00AC78B7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00524BEF">
         <w:t>check your email software’s spam/junk</w:t>
       </w:r>
       <w:r w:rsidR="00AC78B7" w:rsidRPr="00AC78B7">
         <w:t xml:space="preserve"> folder</w:t>
       </w:r>
       <w:r w:rsidR="00524BEF">
         <w:t>. You may also want to ensure your organization’s network allows incoming emails from Government of Alberta email addresses</w:t>
       </w:r>
@@ -6686,194 +7269,194 @@
       </w:r>
       <w:r w:rsidR="00524BEF">
         <w:t xml:space="preserve"> done these steps but still</w:t>
       </w:r>
       <w:r w:rsidR="00EC181D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000D7899">
         <w:t xml:space="preserve">have </w:t>
       </w:r>
       <w:r w:rsidR="00EC181D">
         <w:t>not received a confirmation email</w:t>
       </w:r>
       <w:r w:rsidR="00DD1DB5">
         <w:t xml:space="preserve"> after three </w:t>
       </w:r>
       <w:r w:rsidR="00137F10">
         <w:t xml:space="preserve">business </w:t>
       </w:r>
       <w:r w:rsidR="00DD1DB5">
         <w:t>days</w:t>
       </w:r>
       <w:r w:rsidR="00EC181D">
         <w:t xml:space="preserve">, contact </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24" w:history="1">
+      <w:hyperlink r:id="rId23" w:history="1">
         <w:r w:rsidR="00EC181D" w:rsidRPr="00AC78B7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>SPHIFR@gov.ab.ca</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00EC181D" w:rsidRPr="00042BF4">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2638BA96" w14:textId="73805323" w:rsidR="00042BF4" w:rsidRDefault="00042BF4" w:rsidP="001068C3">
       <w:pPr>
         <w:pStyle w:val="Section1"/>
         <w:spacing w:before="240"/>
       </w:pPr>
       <w:bookmarkStart w:id="37" w:name="_Toc72832964"/>
       <w:r>
         <w:t>Confirmation of application receipt</w:t>
       </w:r>
       <w:bookmarkEnd w:id="37"/>
     </w:p>
     <w:p w14:paraId="4B7DA7B1" w14:textId="73D7CD16" w:rsidR="00FC0F88" w:rsidRPr="00AC78B7" w:rsidRDefault="00FC0F88" w:rsidP="00FC0F88">
       <w:bookmarkStart w:id="38" w:name="_Hlk129076232"/>
       <w:r>
         <w:t>After sending your application, you should</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC78B7">
         <w:t xml:space="preserve"> receive a</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">n email </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC78B7">
         <w:t xml:space="preserve">from </w:t>
       </w:r>
+      <w:hyperlink r:id="rId24" w:history="1">
+        <w:r w:rsidRPr="00AC78B7">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>SPHIFR@gov.ab.ca</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> within three business days confirming that your application was received. If you do not get the confirmation email,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC78B7">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>check your email software’s spam/junk</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC78B7">
+        <w:t xml:space="preserve"> folder</w:t>
+      </w:r>
+      <w:r>
+        <w:t>. You may also want to ensure your organization’s network allows incoming emails from Government of Alberta email addresses</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC78B7">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> If you have done these steps but still have not received a confirmation email after three business days, contact </w:t>
+      </w:r>
       <w:hyperlink r:id="rId25" w:history="1">
         <w:r w:rsidRPr="00AC78B7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>SPHIFR@gov.ab.ca</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
-        <w:t xml:space="preserve"> within three business days confirming that your application was received. If you do not get the confirmation email,</w:t>
-[...27 lines deleted...]
-      <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
     <w:p w14:paraId="595C3E1C" w14:textId="59C1B624" w:rsidR="00860F4F" w:rsidRDefault="00860F4F" w:rsidP="001068C3">
       <w:pPr>
         <w:pStyle w:val="Section1"/>
         <w:spacing w:before="240"/>
       </w:pPr>
       <w:r>
         <w:t>Contact</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="575BA1FE" w14:textId="3B936516" w:rsidR="00860F4F" w:rsidRDefault="00860F4F" w:rsidP="00860F4F">
       <w:r>
         <w:t xml:space="preserve">If you have any questions about the application, contact </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27" w:history="1">
+      <w:hyperlink r:id="rId26" w:history="1">
         <w:r w:rsidRPr="00AC78B7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>SPHIFR@gov.ab.ca</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00AC78B7">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00EF17ED">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77755C64" w14:textId="6484487D" w:rsidR="00BA7BE7" w:rsidRPr="00BA7BE7" w:rsidRDefault="00BA7BE7" w:rsidP="00AC78B7"/>
     <w:sectPr w:rsidR="00BA7BE7" w:rsidRPr="00BA7BE7" w:rsidSect="007D4D80">
-      <w:footerReference w:type="even" r:id="rId28"/>
-[...1 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId30"/>
+      <w:footerReference w:type="even" r:id="rId27"/>
+      <w:footerReference w:type="default" r:id="rId28"/>
+      <w:footerReference w:type="first" r:id="rId29"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="568" w:right="1080" w:bottom="1135" w:left="1080" w:header="720" w:footer="525" w:gutter="0"/>
       <w:cols w:space="360"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2981FB06" w14:textId="77777777" w:rsidR="003630A5" w:rsidRDefault="003630A5" w:rsidP="00EB6203">
+    <w:p w14:paraId="0F993472" w14:textId="77777777" w:rsidR="00C12EAA" w:rsidRDefault="00C12EAA" w:rsidP="00EB6203">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="46F2DDA6" w14:textId="77777777" w:rsidR="003630A5" w:rsidRDefault="003630A5" w:rsidP="00EB6203">
+    <w:p w14:paraId="0AD0F0CD" w14:textId="77777777" w:rsidR="00C12EAA" w:rsidRDefault="00C12EAA" w:rsidP="00EB6203">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="78ED5512" w14:textId="77777777" w:rsidR="003630A5" w:rsidRDefault="003630A5">
+    <w:p w14:paraId="3B23EA4E" w14:textId="77777777" w:rsidR="00C12EAA" w:rsidRDefault="00C12EAA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -6908,51 +7491,50 @@
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0506030502030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000AF" w:usb1="4000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="HelveticaNeueLT Std">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000AF" w:usb1="4000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Malgun Gothic">
-    <w:altName w:val="맑은 고딕"/>
     <w:panose1 w:val="020B0503020000020004"/>
     <w:charset w:val="81"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="9000002F" w:usb1="29D77CFB" w:usb2="00000012" w:usb3="00000000" w:csb0="00080001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="HelveticaNeueLT Std Lt">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0403020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000AF" w:usb1="4000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="HelveticaNeueLT Std Med">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000AF" w:usb1="4000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
@@ -7037,52 +7619,51 @@
                               <w:szCs w:val="22"/>
                             </w:rPr>
                             <w:t>Classification: Public</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="254000" tIns="0" rIns="0" bIns="190500" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="028A63BB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 5" o:spid="_x0000_s1026" type="#_x0000_t202" alt="Classification: Public" style="position:absolute;margin-left:0;margin-top:0;width:110.8pt;height:28.45pt;z-index:251660290;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA+Zm8KEwIAACIEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X2ynTbYZcYqsRYYB&#10;QVsgHXpWZCk2IImCpMTOfv0oOU62bqdhF5kmKX6897S467UiR+F8C6aixSSnRBgOdWv2Ff3+sv7w&#10;iRIfmKmZAiMqehKe3i3fv1t0thRTaEDVwhEsYnzZ2Yo2IdgyyzxvhGZ+AlYYDEpwmgX8dfusdqzD&#10;6lpl0zyfZx242jrgwnv0PgxBukz1pRQ8PEnpRSCqojhbSKdL5y6e2XLByr1jtmn5eQz2D1No1hps&#10;ein1wAIjB9f+UUq33IEHGSYcdAZStlykHXCbIn+zzbZhVqRdEBxvLzD5/1eWPx639tmR0H+BHgmM&#10;gHTWlx6dcZ9eOh2/OCnBOEJ4usAm+kB4vHSbfyzmGOIYu5kXN8Uslsmut63z4asATaJRUYe0JLTY&#10;cePDkDqmxGYG1q1SiRplfnNgzejJriNGK/S7nrR1Rafj+DuoT7iVg4Fwb/m6xdYb5sMzc8gwTouq&#10;DU94SAVdReFsUdKA+/E3f8xH4DFKSYeKqahBSVOivhkkZDq7zfOosPSHhhuNXTKKz/ksxs1B3wOK&#10;scB3YXkyY3JQoykd6FcU9Sp2wxAzHHtWdDea92HQLz4KLlarlIRisixszNbyWDpiFgF96V+Zs2fU&#10;A/L1CKOmWPkG/CE33vR2dQhIQWIm4jugeYYdhZi4PT+aqPRf/1PW9WkvfwIAAP//AwBQSwMEFAAG&#10;AAgAAAAhACGCNMvaAAAABAEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1lbhRp5Gw&#10;II1TVfyJKykSHJ14G0eN1yF22/D2LFzgstJoRjPflpvZD+KEU+wDaVgtMxBIbbA9dRredk/XtyBi&#10;MmTNEAg1fGGETXV5UZrChjO94qlOneASioXR4FIaCylj69CbuAwjEnv7MHmTWE6dtJM5c7kfZJ5l&#10;SnrTEy84M+K9w/ZQH70G9fC8deO7+vjc5/ElNuGQ6vCo9dVi3q5BJJzTXxh+8BkdKmZqwpFsFIMG&#10;fiT9XvbyfKVANBpu1B3IqpT/4atvAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAD5mbwoT&#10;AgAAIgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhACGC&#10;NMvaAAAABAEAAA8AAAAAAAAAAAAAAAAAbQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AAB0BQAAAAA=&#10;" filled="f" stroked="f">
-              <v:fill o:detectmouseclick="t"/>
+            <v:shape id="Text Box 5" o:spid="_x0000_s1026" type="#_x0000_t202" alt="Classification: Public" style="position:absolute;margin-left:0;margin-top:0;width:110.8pt;height:28.45pt;z-index:251660290;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQApurL/DwIAABsEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L7bTJtuMOEXWIsOA&#10;oC2QDj0rshQbkERBUmJnXz9KdpKt22nYRaZJ6pF8fFrc9VqRo3C+BVPRYpJTIgyHujX7in5/WX/4&#10;RIkPzNRMgREVPQlP75bv3y06W4opNKBq4QiCGF92tqJNCLbMMs8boZmfgBUGgxKcZgF/3T6rHesQ&#10;XatsmufzrANXWwdceI/ehyFIlwlfSsHDk5ReBKIqir2FdLp07uKZLRes3Dtmm5aPbbB/6EKz1mDR&#10;C9QDC4wcXPsHlG65Aw8yTDjoDKRsuUgz4DRF/maabcOsSLMgOd5eaPL/D5Y/Hrf22ZHQf4EeFxgJ&#10;6awvPTrjPL10On6xU4JxpPB0oU30gfB46Tb/WMwxxDF2My9uilmEya63rfPhqwBNolFRh2tJbLHj&#10;xoch9ZwSixlYt0ql1SjzmwMxoye7thit0O/6se8d1Cccx8GwaW/5usWaG+bDM3O4WmwT5Rqe8JAK&#10;uorCaFHSgPvxN3/MR8YxSkmHUqmoQS1Tor4Z3MR0dpvnUVrpDw13NnbJKD7nsxg3B30PqMICH4Tl&#10;yYzJQZ1N6UC/oppXsRqGmOFYs6K7s3kfBuHia+BitUpJqCLLwsZsLY/QkazI5Ev/ypwd6Q64qEc4&#10;i4mVb1gfcuNNb1eHgNynlURiBzZHvlGBaanja4kS//U/ZV3f9PInAAAA//8DAFBLAwQUAAYACAAA&#10;ACEAIYI0y9oAAAAEAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7WVuFGnkbAgjVNV&#10;/IkrKRIcnXgbR43XIXbb8PYsXOCy0mhGM9+Wm9kP4oRT7ANpWC0zEEhtsD11Gt52T9e3IGIyZM0Q&#10;CDV8YYRNdXlRmsKGM73iqU6d4BKKhdHgUhoLKWPr0Ju4DCMSe/sweZNYTp20kzlzuR9knmVKetMT&#10;Lzgz4r3D9lAfvQb18Lx147v6+Nzn8SU24ZDq8Kj11WLerkEknNNfGH7wGR0qZmrCkWwUgwZ+JP1e&#10;9vJ8pUA0Gm7UHciqlP/hq28AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAKbqy/w8CAAAb&#10;BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAIYI0y9oA&#10;AAAEAQAADwAAAAAAAAAAAAAAAABpBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHAF&#10;AAAAAA==&#10;" filled="f" stroked="f">
               <v:textbox style="mso-fit-shape-to-text:t" inset="20pt,0,0,15pt">
                 <w:txbxContent>
                   <w:p w14:paraId="0B199DF4" w14:textId="70CD416D" w:rsidR="001A47ED" w:rsidRPr="001A47ED" w:rsidRDefault="001A47ED" w:rsidP="001A47ED">
                     <w:pPr>
                       <w:spacing w:after="0"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:noProof/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="22"/>
                         <w:szCs w:val="22"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="001A47ED">
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:noProof/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="22"/>
                         <w:szCs w:val="22"/>
                       </w:rPr>
                       <w:t>Classification: Public</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
@@ -7287,52 +7868,51 @@
                               <w:szCs w:val="22"/>
                             </w:rPr>
                             <w:t>Classification: Public</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="254000" tIns="0" rIns="0" bIns="190500" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="3AD89A26" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 6" o:spid="_x0000_s1027" type="#_x0000_t202" alt="Classification: Public" style="position:absolute;margin-left:0;margin-top:0;width:110.8pt;height:28.45pt;z-index:251661314;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQApurL/DwIAABsEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L7bTJtuMOEXWIsOA&#10;oC2QDj0rshQbkERBUmJnXz9KdpKt22nYRaZJ6pF8fFrc9VqRo3C+BVPRYpJTIgyHujX7in5/WX/4&#10;RIkPzNRMgREVPQlP75bv3y06W4opNKBq4QiCGF92tqJNCLbMMs8boZmfgBUGgxKcZgF/3T6rHesQ&#10;XatsmufzrANXWwdceI/ehyFIlwlfSsHDk5ReBKIqir2FdLp07uKZLRes3Dtmm5aPbbB/6EKz1mDR&#10;C9QDC4wcXPsHlG65Aw8yTDjoDKRsuUgz4DRF/maabcOsSLMgOd5eaPL/D5Y/Hrf22ZHQf4EeFxgJ&#10;6awvPTrjPL10On6xU4JxpPB0oU30gfB46Tb/WMwxxDF2My9uilmEya63rfPhqwBNolFRh2tJbLHj&#10;xoch9ZwSixlYt0ql1SjzmwMxoye7thit0O/6se8d1Cccx8GwaW/5usWaG+bDM3O4WmwT5Rqe8JAK&#10;uorCaFHSgPvxN3/MR8YxSkmHUqmoQS1Tor4Z3MR0dpvnUVrpDw13NnbJKD7nsxg3B30PqMICH4Tl&#10;yYzJQZ1N6UC/oppXsRqGmOFYs6K7s3kfBuHia+BitUpJqCLLwsZsLY/QkazI5Ev/ypwd6Q64qEc4&#10;i4mVb1gfcuNNb1eHgNynlURiBzZHvlGBaanja4kS//U/ZV3f9PInAAAA//8DAFBLAwQUAAYACAAA&#10;ACEAIYI0y9oAAAAEAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7WVuFGnkbAgjVNV&#10;/IkrKRIcnXgbR43XIXbb8PYsXOCy0mhGM9+Wm9kP4oRT7ANpWC0zEEhtsD11Gt52T9e3IGIyZM0Q&#10;CDV8YYRNdXlRmsKGM73iqU6d4BKKhdHgUhoLKWPr0Ju4DCMSe/sweZNYTp20kzlzuR9knmVKetMT&#10;Lzgz4r3D9lAfvQb18Lx147v6+Nzn8SU24ZDq8Kj11WLerkEknNNfGH7wGR0qZmrCkWwUgwZ+JP1e&#10;9vJ8pUA0Gm7UHciqlP/hq28AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAKbqy/w8CAAAb&#10;BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAIYI0y9oA&#10;AAAEAQAADwAAAAAAAAAAAAAAAABpBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHAF&#10;AAAAAA==&#10;" filled="f" stroked="f">
-              <v:fill o:detectmouseclick="t"/>
+            <v:shape id="Text Box 6" o:spid="_x0000_s1027" type="#_x0000_t202" alt="Classification: Public" style="position:absolute;margin-left:0;margin-top:0;width:110.8pt;height:28.45pt;z-index:251661314;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBv8JxIEQIAACIEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815Kc2E0Fy4GbwEUB&#10;IwngFDnTFGkJILkESVtyv75Lyo807SnIhVrtLvcxM5zd9lqRvXC+BVPRYpRTIgyHujXbiv56Xn65&#10;ocQHZmqmwIiKHoSnt/PPn2adLcUYGlC1cASLGF92tqJNCLbMMs8boZkfgRUGgxKcZgF/3TarHeuw&#10;ulbZOM+nWQeutg648B6990OQzlN9KQUPj1J6EYiqKM4W0unSuYlnNp+xcuuYbVp+HIO9YwrNWoNN&#10;z6XuWWBk59p/SumWO/Agw4iDzkDKlou0A25T5G+2WTfMirQLguPtGSb/cWX5w35tnxwJ/XfokcAI&#10;SGd96dEZ9+ml0/GLkxKMI4SHM2yiD4THS9f512KKIY6xq2lxVUximexy2zoffgjQJBoVdUhLQovt&#10;Vz4MqaeU2MzAslUqUaPMXw6sGT3ZZcRohX7Tk7Z+Nf4G6gNu5WAg3Fu+bLH1ivnwxBwyjNOiasMj&#10;HlJBV1E4WpQ04H7/zx/zEXiMUtKhYipqUNKUqJ8GCRlPrvM8Kiz9oeFOxiYZxbd8EuNmp+8AxVjg&#10;u7A8mTE5qJMpHegXFPUidsMQMxx7VnRzMu/CoF98FFwsFikJxWRZWJm15bF0xCwC+ty/MGePqAfk&#10;6wFOmmLlG/CH3HjT28UuIAWJmYjvgOYRdhRi4vb4aKLSX/+nrMvTnv8BAAD//wMAUEsDBBQABgAI&#10;AAAAIQAhgjTL2gAAAAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtZW4UaeRsCCN&#10;U1X8iSspEhydeBtHjdchdtvw9ixc4LLSaEYz35ab2Q/ihFPsA2lYLTMQSG2wPXUa3nZP17cgYjJk&#10;zRAINXxhhE11eVGawoYzveKpTp3gEoqF0eBSGgspY+vQm7gMIxJ7+zB5k1hOnbSTOXO5H2SeZUp6&#10;0xMvODPivcP2UB+9BvXwvHXju/r43OfxJTbhkOrwqPXVYt6uQSSc018YfvAZHSpmasKRbBSDBn4k&#10;/V728nylQDQabtQdyKqU/+GrbwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAA&#10;AJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBv8JxIEQIA&#10;ACIEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAhgjTL&#10;2gAAAAQBAAAPAAAAAAAAAAAAAAAAAGsEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA&#10;cgUAAAAA&#10;" filled="f" stroked="f">
               <v:textbox style="mso-fit-shape-to-text:t" inset="20pt,0,0,15pt">
                 <w:txbxContent>
                   <w:p w14:paraId="35FD7C71" w14:textId="589BB86A" w:rsidR="001A47ED" w:rsidRPr="001A47ED" w:rsidRDefault="001A47ED" w:rsidP="001A47ED">
                     <w:pPr>
                       <w:spacing w:after="0"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:noProof/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="22"/>
                         <w:szCs w:val="22"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="001A47ED">
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:noProof/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="22"/>
                         <w:szCs w:val="22"/>
                       </w:rPr>
                       <w:t>Classification: Public</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
@@ -7341,90 +7921,105 @@
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:b w:val="0"/>
         <w:bCs/>
       </w:rPr>
       <w:id w:val="1760103200"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:bCs w:val="0"/>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="6459A9BC" w14:textId="1082F9C3" w:rsidR="009572CF" w:rsidRPr="0000551D" w:rsidRDefault="007E79D3" w:rsidP="007E79D3">
+      <w:p w14:paraId="6459A9BC" w14:textId="7922CED9" w:rsidR="009572CF" w:rsidRPr="0000551D" w:rsidRDefault="007E79D3" w:rsidP="007E79D3">
         <w:pPr>
           <w:pStyle w:val="Calltoaction"/>
           <w:rPr>
             <w:rStyle w:val="CalltoactionChar1"/>
             <w:b/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00134690">
           <w:t>Supporting Psychological Health in First Responders</w:t>
         </w:r>
         <w:r w:rsidR="00134690" w:rsidRPr="00134690">
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidR="00134690" w:rsidRPr="002332D4">
-          <w:t xml:space="preserve">| 2025/6 </w:t>
+          <w:t>| 202</w:t>
+        </w:r>
+        <w:r w:rsidR="00343009">
+          <w:t>6</w:t>
+        </w:r>
+        <w:r w:rsidR="00134690" w:rsidRPr="002332D4">
+          <w:t>/</w:t>
+        </w:r>
+        <w:r w:rsidR="00B34FA8">
+          <w:t>2</w:t>
+        </w:r>
+        <w:r w:rsidR="00343009">
+          <w:t>7</w:t>
+        </w:r>
+        <w:r w:rsidR="00134690" w:rsidRPr="002332D4">
+          <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidR="00E2650B" w:rsidRPr="002332D4">
           <w:t>Application instructions</w:t>
         </w:r>
         <w:r w:rsidR="00134690" w:rsidRPr="002332D4">
           <w:t>:</w:t>
         </w:r>
         <w:r w:rsidR="00E2650B" w:rsidRPr="002332D4">
           <w:t xml:space="preserve"> S</w:t>
         </w:r>
         <w:r w:rsidR="009572CF" w:rsidRPr="002332D4">
           <w:t>tream 1</w:t>
         </w:r>
         <w:r w:rsidR="00134690" w:rsidRPr="002332D4">
           <w:t xml:space="preserve"> –</w:t>
         </w:r>
         <w:r w:rsidR="00E2650B" w:rsidRPr="002332D4">
           <w:t xml:space="preserve"> S</w:t>
         </w:r>
         <w:r w:rsidR="009572CF" w:rsidRPr="002332D4">
           <w:t>ervices</w:t>
         </w:r>
       </w:p>
-      <w:p w14:paraId="5ED1843C" w14:textId="03682E63" w:rsidR="007E79D3" w:rsidRPr="00D3617B" w:rsidRDefault="007E79D3" w:rsidP="007E79D3">
+      <w:p w14:paraId="5ED1843C" w14:textId="2B699EC6" w:rsidR="007E79D3" w:rsidRPr="00D3617B" w:rsidRDefault="007E79D3" w:rsidP="007E79D3">
         <w:pPr>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="0000551D">
           <w:rPr>
             <w:rStyle w:val="CalltoactionChar1"/>
             <w:b w:val="0"/>
             <w:bCs/>
             <w:noProof/>
           </w:rPr>
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="509C13BA" wp14:editId="21669D8B">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>5138725</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>9326245</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="1143000" cy="320040"/>
               <wp:effectExtent l="0" t="0" r="0" b="3810"/>
               <wp:wrapNone/>
@@ -7479,92 +8074,106 @@
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidRPr="0000551D">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="0000551D">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> DATE  \@ "yyyy"  \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidRPr="0000551D">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="0033548E">
+        <w:r w:rsidR="004C2DAF">
           <w:rPr>
             <w:noProof/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
-          <w:t>2025</w:t>
+          <w:t>2026</w:t>
         </w:r>
         <w:r w:rsidRPr="0000551D">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r w:rsidRPr="0000551D">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t xml:space="preserve"> Government of Alberta  |  </w:t>
         </w:r>
         <w:r w:rsidR="00134690">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>Updated</w:t>
         </w:r>
         <w:r w:rsidRPr="000E6353">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
-          <w:t xml:space="preserve">March 2025 </w:t>
+          <w:t>March 202</w:t>
+        </w:r>
+        <w:r w:rsidR="00B34FA8">
+          <w:rPr>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:t>6</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidRPr="0000551D">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t xml:space="preserve">|  </w:t>
         </w:r>
         <w:hyperlink r:id="rId2" w:history="1">
           <w:r w:rsidRPr="00134690">
             <w:rPr>
               <w:rStyle w:val="Hyperlink"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>GRT001</w:t>
           </w:r>
         </w:hyperlink>
         <w:r w:rsidRPr="0000551D">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
@@ -7686,109 +8295,108 @@
                               <w:szCs w:val="22"/>
                             </w:rPr>
                             <w:t>Classification: Public</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="254000" tIns="0" rIns="0" bIns="190500" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="67E5289A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 4" o:spid="_x0000_s1028" type="#_x0000_t202" alt="Classification: Public" style="position:absolute;margin-left:0;margin-top:0;width:110.8pt;height:28.45pt;z-index:251659266;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBv8JxIEQIAACIEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815Kc2E0Fy4GbwEUB&#10;IwngFDnTFGkJILkESVtyv75Lyo807SnIhVrtLvcxM5zd9lqRvXC+BVPRYpRTIgyHujXbiv56Xn65&#10;ocQHZmqmwIiKHoSnt/PPn2adLcUYGlC1cASLGF92tqJNCLbMMs8boZkfgRUGgxKcZgF/3TarHeuw&#10;ulbZOM+nWQeutg648B6990OQzlN9KQUPj1J6EYiqKM4W0unSuYlnNp+xcuuYbVp+HIO9YwrNWoNN&#10;z6XuWWBk59p/SumWO/Agw4iDzkDKlou0A25T5G+2WTfMirQLguPtGSb/cWX5w35tnxwJ/XfokcAI&#10;SGd96dEZ9+ml0/GLkxKMI4SHM2yiD4THS9f512KKIY6xq2lxVUximexy2zoffgjQJBoVdUhLQovt&#10;Vz4MqaeU2MzAslUqUaPMXw6sGT3ZZcRohX7Tk7Z+Nf4G6gNu5WAg3Fu+bLH1ivnwxBwyjNOiasMj&#10;HlJBV1E4WpQ04H7/zx/zEXiMUtKhYipqUNKUqJ8GCRlPrvM8Kiz9oeFOxiYZxbd8EuNmp+8AxVjg&#10;u7A8mTE5qJMpHegXFPUidsMQMxx7VnRzMu/CoF98FFwsFikJxWRZWJm15bF0xCwC+ty/MGePqAfk&#10;6wFOmmLlG/CH3HjT28UuIAWJmYjvgOYRdhRi4vb4aKLSX/+nrMvTnv8BAAD//wMAUEsDBBQABgAI&#10;AAAAIQAhgjTL2gAAAAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtZW4UaeRsCCN&#10;U1X8iSspEhydeBtHjdchdtvw9ixc4LLSaEYz35ab2Q/ihFPsA2lYLTMQSG2wPXUa3nZP17cgYjJk&#10;zRAINXxhhE11eVGawoYzveKpTp3gEoqF0eBSGgspY+vQm7gMIxJ7+zB5k1hOnbSTOXO5H2SeZUp6&#10;0xMvODPivcP2UB+9BvXwvHXju/r43OfxJTbhkOrwqPXVYt6uQSSc018YfvAZHSpmasKRbBSDBn4k&#10;/V728nylQDQabtQdyKqU/+GrbwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAA&#10;AJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBv8JxIEQIA&#10;ACIEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAhgjTL&#10;2gAAAAQBAAAPAAAAAAAAAAAAAAAAAGsEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA&#10;cgUAAAAA&#10;" filled="f" stroked="f">
-              <v:fill o:detectmouseclick="t"/>
+            <v:shape id="Text Box 4" o:spid="_x0000_s1028" type="#_x0000_t202" alt="Classification: Public" style="position:absolute;margin-left:0;margin-top:0;width:110.8pt;height:28.45pt;z-index:251659266;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA+Zm8KEwIAACIEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X2ynTbYZcYqsRYYB&#10;QVsgHXpWZCk2IImCpMTOfv0oOU62bqdhF5kmKX6897S467UiR+F8C6aixSSnRBgOdWv2Ff3+sv7w&#10;iRIfmKmZAiMqehKe3i3fv1t0thRTaEDVwhEsYnzZ2Yo2IdgyyzxvhGZ+AlYYDEpwmgX8dfusdqzD&#10;6lpl0zyfZx242jrgwnv0PgxBukz1pRQ8PEnpRSCqojhbSKdL5y6e2XLByr1jtmn5eQz2D1No1hps&#10;ein1wAIjB9f+UUq33IEHGSYcdAZStlykHXCbIn+zzbZhVqRdEBxvLzD5/1eWPx639tmR0H+BHgmM&#10;gHTWlx6dcZ9eOh2/OCnBOEJ4usAm+kB4vHSbfyzmGOIYu5kXN8Uslsmut63z4asATaJRUYe0JLTY&#10;cePDkDqmxGYG1q1SiRplfnNgzejJriNGK/S7nrR1Rafj+DuoT7iVg4Fwb/m6xdYb5sMzc8gwTouq&#10;DU94SAVdReFsUdKA+/E3f8xH4DFKSYeKqahBSVOivhkkZDq7zfOosPSHhhuNXTKKz/ksxs1B3wOK&#10;scB3YXkyY3JQoykd6FcU9Sp2wxAzHHtWdDea92HQLz4KLlarlIRisixszNbyWDpiFgF96V+Zs2fU&#10;A/L1CKOmWPkG/CE33vR2dQhIQWIm4jugeYYdhZi4PT+aqPRf/1PW9WkvfwIAAP//AwBQSwMEFAAG&#10;AAgAAAAhACGCNMvaAAAABAEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1lbhRp5Gw&#10;II1TVfyJKykSHJ14G0eN1yF22/D2LFzgstJoRjPflpvZD+KEU+wDaVgtMxBIbbA9dRredk/XtyBi&#10;MmTNEAg1fGGETXV5UZrChjO94qlOneASioXR4FIaCylj69CbuAwjEnv7MHmTWE6dtJM5c7kfZJ5l&#10;SnrTEy84M+K9w/ZQH70G9fC8deO7+vjc5/ElNuGQ6vCo9dVi3q5BJJzTXxh+8BkdKmZqwpFsFIMG&#10;fiT9XvbyfKVANBpu1B3IqpT/4atvAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAD5mbwoT&#10;AgAAIgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhACGC&#10;NMvaAAAABAEAAA8AAAAAAAAAAAAAAAAAbQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AAB0BQAAAAA=&#10;" filled="f" stroked="f">
               <v:textbox style="mso-fit-shape-to-text:t" inset="20pt,0,0,15pt">
                 <w:txbxContent>
                   <w:p w14:paraId="691EEC0E" w14:textId="6252CADF" w:rsidR="001A47ED" w:rsidRPr="001A47ED" w:rsidRDefault="001A47ED" w:rsidP="001A47ED">
                     <w:pPr>
                       <w:spacing w:after="0"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:noProof/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="22"/>
                         <w:szCs w:val="22"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="001A47ED">
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:noProof/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="22"/>
                         <w:szCs w:val="22"/>
                       </w:rPr>
                       <w:t>Classification: Public</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="705A6644" w14:textId="77777777" w:rsidR="003630A5" w:rsidRDefault="003630A5" w:rsidP="00EB6203">
+    <w:p w14:paraId="6EE20834" w14:textId="77777777" w:rsidR="00C12EAA" w:rsidRDefault="00C12EAA" w:rsidP="00EB6203">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6D66B11B" w14:textId="77777777" w:rsidR="003630A5" w:rsidRDefault="003630A5" w:rsidP="00EB6203">
+    <w:p w14:paraId="6BEA5673" w14:textId="77777777" w:rsidR="00C12EAA" w:rsidRDefault="00C12EAA" w:rsidP="00EB6203">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="3860F2F2" w14:textId="77777777" w:rsidR="003630A5" w:rsidRDefault="003630A5" w:rsidP="00EB6203"/>
+    <w:p w14:paraId="57D02AEA" w14:textId="77777777" w:rsidR="00C12EAA" w:rsidRDefault="00C12EAA" w:rsidP="00EB6203"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05D72A70"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D5BE8F7C"/>
     <w:lvl w:ilvl="0" w:tplc="B98477A6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="TOC4"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="10090003" w:tentative="1">
       <w:start w:val="1"/>
@@ -8953,50 +9561,163 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3067" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="74B25EA8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="34653DFD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4A8089D4"/>
+    <w:lvl w:ilvl="0" w:tplc="10090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="10090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="10090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="10090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="10090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="10090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="10090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="10090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="10090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="35D97160"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7242AAF6"/>
     <w:lvl w:ilvl="0" w:tplc="10090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="10090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9065,51 +9786,51 @@
     <w:lvl w:ilvl="7" w:tplc="10090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="10090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="409009D5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D460E61A"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9178,51 +9899,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="441C28EE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EFF8ACC0"/>
     <w:lvl w:ilvl="0" w:tplc="10090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="10090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9291,51 +10012,51 @@
     <w:lvl w:ilvl="7" w:tplc="10090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="10090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="446223F2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C0505522"/>
     <w:lvl w:ilvl="0" w:tplc="10090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9404,51 +10125,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="46781FA7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="639836D0"/>
     <w:lvl w:ilvl="0" w:tplc="44DAC41C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="­"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="10090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9517,54 +10238,54 @@
     <w:lvl w:ilvl="7" w:tplc="10090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="10090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="47A2675B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="09C4F9CE"/>
+    <w:tmpl w:val="74A4491C"/>
     <w:lvl w:ilvl="0" w:tplc="1330A006">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Bullets1"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="183C2700">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="­"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
@@ -9632,51 +10353,51 @@
     <w:lvl w:ilvl="7" w:tplc="10090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="10090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="48C02709"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7DB64DF4"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9745,51 +10466,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="49230303"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="93825800"/>
     <w:lvl w:ilvl="0" w:tplc="10090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="10090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9858,51 +10579,51 @@
     <w:lvl w:ilvl="7" w:tplc="10090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="10090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="492D7C86"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C816AA74"/>
     <w:lvl w:ilvl="0" w:tplc="10090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="10090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9971,51 +10692,51 @@
     <w:lvl w:ilvl="7" w:tplc="10090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="10090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4B926FBB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1ECA7A56"/>
     <w:lvl w:ilvl="0" w:tplc="D22447B2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="TOC3"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="12"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="10090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
@@ -10086,51 +10807,51 @@
     <w:lvl w:ilvl="7" w:tplc="10090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="10090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="53116C33"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8CB0C5B2"/>
     <w:lvl w:ilvl="0" w:tplc="ECD8D18A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="10090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10199,51 +10920,51 @@
     <w:lvl w:ilvl="7" w:tplc="10090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="10090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="556E37AA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9A34588E"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="780" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1500" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10312,51 +11033,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5820" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6540" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5CB0184A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="710C506A"/>
     <w:lvl w:ilvl="0" w:tplc="1009000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="10090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="1009001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -10398,51 +11119,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="10090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="1009001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="61CB04CF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E67A70C6"/>
     <w:lvl w:ilvl="0" w:tplc="10090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="10090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10511,51 +11232,51 @@
     <w:lvl w:ilvl="7" w:tplc="10090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="10090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="62245734"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="45DA32B0"/>
     <w:lvl w:ilvl="0" w:tplc="E294FEEE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Bullets2"/>
       <w:lvlText w:val="­"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="10090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -10625,51 +11346,51 @@
     <w:lvl w:ilvl="7" w:tplc="10090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="10090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6486283A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FDC068A0"/>
     <w:lvl w:ilvl="0" w:tplc="608C4CA6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="183C2700">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="­"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -10740,51 +11461,51 @@
     <w:lvl w:ilvl="7" w:tplc="10090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="10090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="661E642C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6030AEC6"/>
     <w:lvl w:ilvl="0" w:tplc="10090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="10090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10853,51 +11574,51 @@
     <w:lvl w:ilvl="7" w:tplc="10090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="10090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6979218D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D024804E"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="780" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1500" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10966,51 +11687,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5820" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6540" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6B810FB9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="00923352"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -11079,51 +11800,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="77E55165"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CF06CCAA"/>
     <w:lvl w:ilvl="0" w:tplc="14182EC0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="TOC-H4"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="12"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="10090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
@@ -11213,396 +11934,408 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1239823297">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1719207336">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1461726372">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="808744520">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="340814223">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="28192352">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="2017802970">
-    <w:abstractNumId w:val="24"/>
+    <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1444232178">
-    <w:abstractNumId w:val="21"/>
+    <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="912549898">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1055588535">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1292129144">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="619648767">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="105465177">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="288168248">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1253776177">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="790437112">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="2060783764">
-    <w:abstractNumId w:val="23"/>
+    <w:abstractNumId w:val="24"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1868329893">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1646350329">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1581449270">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="484585958">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="86195699">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="991638951">
-    <w:abstractNumId w:val="29"/>
+    <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="269554462">
-    <w:abstractNumId w:val="22"/>
+    <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="1068040956">
-    <w:abstractNumId w:val="28"/>
+    <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="892498917">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="1120799610">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="432820458">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="1652324425">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="887765061">
-    <w:abstractNumId w:val="30"/>
+    <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="961613151">
-    <w:abstractNumId w:val="20"/>
+    <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="1875339863">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="1505391237">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="34" w16cid:durableId="1185174301">
     <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="34" w16cid:durableId="1185174301">
-[...1 lines deleted...]
-  </w:num>
   <w:num w:numId="35" w16cid:durableId="945964900">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="294795751">
-    <w:abstractNumId w:val="27"/>
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="37" w16cid:durableId="242838249">
+    <w:abstractNumId w:val="11"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="70"/>
+  <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:trackRevisions/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CD0857"/>
     <w:rsid w:val="00003534"/>
+    <w:rsid w:val="000035F8"/>
     <w:rsid w:val="00004828"/>
     <w:rsid w:val="00005D69"/>
     <w:rsid w:val="00011ECB"/>
     <w:rsid w:val="00016BA6"/>
     <w:rsid w:val="000202D2"/>
     <w:rsid w:val="00021A55"/>
     <w:rsid w:val="0002342B"/>
     <w:rsid w:val="00027096"/>
     <w:rsid w:val="00027BFB"/>
     <w:rsid w:val="00033A5D"/>
     <w:rsid w:val="00036FF5"/>
     <w:rsid w:val="00037F22"/>
     <w:rsid w:val="000409CC"/>
     <w:rsid w:val="00042BF4"/>
     <w:rsid w:val="00043EB0"/>
     <w:rsid w:val="00047F11"/>
     <w:rsid w:val="00050E12"/>
     <w:rsid w:val="00052C04"/>
     <w:rsid w:val="0005392C"/>
+    <w:rsid w:val="000619C1"/>
     <w:rsid w:val="0006217E"/>
     <w:rsid w:val="0006472A"/>
     <w:rsid w:val="00065638"/>
     <w:rsid w:val="00066367"/>
     <w:rsid w:val="00071E0A"/>
     <w:rsid w:val="00073A30"/>
     <w:rsid w:val="00074B1A"/>
     <w:rsid w:val="00075556"/>
     <w:rsid w:val="00082C88"/>
     <w:rsid w:val="00082D5D"/>
     <w:rsid w:val="00083FA9"/>
     <w:rsid w:val="000936F5"/>
     <w:rsid w:val="00095E68"/>
     <w:rsid w:val="000A0261"/>
     <w:rsid w:val="000A2076"/>
     <w:rsid w:val="000A2AF5"/>
     <w:rsid w:val="000A7500"/>
     <w:rsid w:val="000B11E2"/>
     <w:rsid w:val="000B25D6"/>
     <w:rsid w:val="000B5D56"/>
     <w:rsid w:val="000C2C04"/>
     <w:rsid w:val="000C4F40"/>
     <w:rsid w:val="000D7899"/>
+    <w:rsid w:val="000D7F72"/>
     <w:rsid w:val="000E0460"/>
     <w:rsid w:val="000E1B32"/>
     <w:rsid w:val="000F02D8"/>
     <w:rsid w:val="000F0D1F"/>
     <w:rsid w:val="000F25D6"/>
     <w:rsid w:val="000F2F98"/>
     <w:rsid w:val="000F3537"/>
     <w:rsid w:val="000F4BC4"/>
     <w:rsid w:val="00100770"/>
     <w:rsid w:val="001068C3"/>
     <w:rsid w:val="0010714E"/>
     <w:rsid w:val="0011378F"/>
     <w:rsid w:val="001151E2"/>
     <w:rsid w:val="001205CF"/>
     <w:rsid w:val="00120EA8"/>
     <w:rsid w:val="00120EBC"/>
+    <w:rsid w:val="0013109B"/>
     <w:rsid w:val="001343AA"/>
     <w:rsid w:val="00134690"/>
     <w:rsid w:val="00135134"/>
     <w:rsid w:val="00137F10"/>
     <w:rsid w:val="0014003A"/>
     <w:rsid w:val="0014034A"/>
     <w:rsid w:val="0014264D"/>
     <w:rsid w:val="001436D6"/>
     <w:rsid w:val="00144DFC"/>
     <w:rsid w:val="00145F33"/>
     <w:rsid w:val="001522A5"/>
     <w:rsid w:val="0015380F"/>
     <w:rsid w:val="001550D4"/>
     <w:rsid w:val="001552A1"/>
     <w:rsid w:val="00160CB4"/>
     <w:rsid w:val="001622D8"/>
     <w:rsid w:val="001629F1"/>
     <w:rsid w:val="00162DCE"/>
     <w:rsid w:val="0016316E"/>
     <w:rsid w:val="00164F68"/>
     <w:rsid w:val="00174934"/>
     <w:rsid w:val="00175150"/>
     <w:rsid w:val="00193A2A"/>
     <w:rsid w:val="001A47ED"/>
     <w:rsid w:val="001A5159"/>
     <w:rsid w:val="001B127D"/>
     <w:rsid w:val="001B282B"/>
     <w:rsid w:val="001B4F8D"/>
     <w:rsid w:val="001B7972"/>
     <w:rsid w:val="001C2BF7"/>
     <w:rsid w:val="001C3962"/>
     <w:rsid w:val="001C733F"/>
     <w:rsid w:val="001D3740"/>
     <w:rsid w:val="001D477A"/>
     <w:rsid w:val="001D71DD"/>
     <w:rsid w:val="001E5050"/>
     <w:rsid w:val="00200999"/>
     <w:rsid w:val="00205769"/>
     <w:rsid w:val="00212272"/>
+    <w:rsid w:val="0021283E"/>
     <w:rsid w:val="00220B5B"/>
     <w:rsid w:val="00221A56"/>
     <w:rsid w:val="002255C9"/>
     <w:rsid w:val="00225B11"/>
     <w:rsid w:val="00226FF9"/>
     <w:rsid w:val="002332D4"/>
     <w:rsid w:val="00233BB9"/>
     <w:rsid w:val="00236A35"/>
     <w:rsid w:val="0024308D"/>
     <w:rsid w:val="00244544"/>
     <w:rsid w:val="00252E07"/>
     <w:rsid w:val="0025421A"/>
     <w:rsid w:val="0026293D"/>
     <w:rsid w:val="0026322B"/>
     <w:rsid w:val="002634AC"/>
     <w:rsid w:val="00263E63"/>
     <w:rsid w:val="00265419"/>
     <w:rsid w:val="00266909"/>
     <w:rsid w:val="002728A0"/>
     <w:rsid w:val="00274763"/>
     <w:rsid w:val="002760B9"/>
     <w:rsid w:val="00277F5E"/>
     <w:rsid w:val="002945CA"/>
     <w:rsid w:val="002A0B46"/>
     <w:rsid w:val="002A4B5D"/>
     <w:rsid w:val="002A509A"/>
     <w:rsid w:val="002A61DB"/>
     <w:rsid w:val="002A682A"/>
     <w:rsid w:val="002A6E9E"/>
     <w:rsid w:val="002C584E"/>
     <w:rsid w:val="002C6F1C"/>
     <w:rsid w:val="002D4050"/>
     <w:rsid w:val="002D59F2"/>
     <w:rsid w:val="002D5C7D"/>
     <w:rsid w:val="002D750C"/>
+    <w:rsid w:val="002E0A82"/>
     <w:rsid w:val="002E1D21"/>
     <w:rsid w:val="002E241A"/>
     <w:rsid w:val="002E3DDA"/>
     <w:rsid w:val="002E5285"/>
     <w:rsid w:val="002E5EBD"/>
     <w:rsid w:val="002F2B14"/>
     <w:rsid w:val="002F4FF6"/>
     <w:rsid w:val="002F63E8"/>
     <w:rsid w:val="002F7F29"/>
     <w:rsid w:val="00306E81"/>
     <w:rsid w:val="00312B81"/>
     <w:rsid w:val="00315989"/>
     <w:rsid w:val="00322D59"/>
     <w:rsid w:val="0033548E"/>
+    <w:rsid w:val="00343009"/>
     <w:rsid w:val="00346F98"/>
     <w:rsid w:val="003515A0"/>
     <w:rsid w:val="00353E11"/>
     <w:rsid w:val="00354B1B"/>
     <w:rsid w:val="003558DA"/>
     <w:rsid w:val="003630A5"/>
     <w:rsid w:val="00364B8F"/>
     <w:rsid w:val="00370664"/>
     <w:rsid w:val="00374015"/>
     <w:rsid w:val="003777DE"/>
+    <w:rsid w:val="0038063E"/>
     <w:rsid w:val="003868DC"/>
     <w:rsid w:val="003A15EC"/>
     <w:rsid w:val="003A281E"/>
     <w:rsid w:val="003B23DD"/>
     <w:rsid w:val="003B28B8"/>
     <w:rsid w:val="003B40A4"/>
     <w:rsid w:val="003B534A"/>
     <w:rsid w:val="003C1A30"/>
     <w:rsid w:val="003C1C9B"/>
     <w:rsid w:val="003C1E12"/>
     <w:rsid w:val="003C421F"/>
     <w:rsid w:val="003C428D"/>
     <w:rsid w:val="003C6E98"/>
     <w:rsid w:val="003C7CC9"/>
     <w:rsid w:val="003C7FCF"/>
     <w:rsid w:val="003E1744"/>
     <w:rsid w:val="003E721C"/>
     <w:rsid w:val="00402E9B"/>
     <w:rsid w:val="00406D8F"/>
     <w:rsid w:val="00412888"/>
+    <w:rsid w:val="00420B5A"/>
     <w:rsid w:val="00425290"/>
     <w:rsid w:val="004277C6"/>
     <w:rsid w:val="00427972"/>
     <w:rsid w:val="00440F65"/>
     <w:rsid w:val="00442940"/>
     <w:rsid w:val="004434AE"/>
     <w:rsid w:val="0045516A"/>
     <w:rsid w:val="00455D1F"/>
     <w:rsid w:val="004677CC"/>
     <w:rsid w:val="0047576F"/>
     <w:rsid w:val="00476561"/>
     <w:rsid w:val="004812B3"/>
     <w:rsid w:val="00493219"/>
     <w:rsid w:val="004A369A"/>
     <w:rsid w:val="004A7C79"/>
     <w:rsid w:val="004B137D"/>
     <w:rsid w:val="004B232F"/>
     <w:rsid w:val="004B46D7"/>
+    <w:rsid w:val="004C2DAF"/>
     <w:rsid w:val="004C4E4D"/>
     <w:rsid w:val="004C6B85"/>
     <w:rsid w:val="004D0DFA"/>
     <w:rsid w:val="004D4444"/>
     <w:rsid w:val="004D49C9"/>
     <w:rsid w:val="004E5ED9"/>
     <w:rsid w:val="004E5FDC"/>
     <w:rsid w:val="004F6153"/>
     <w:rsid w:val="005029DE"/>
     <w:rsid w:val="00502A0E"/>
     <w:rsid w:val="00507EBD"/>
     <w:rsid w:val="00511501"/>
     <w:rsid w:val="00511807"/>
     <w:rsid w:val="00516C1B"/>
     <w:rsid w:val="00524499"/>
     <w:rsid w:val="00524BEF"/>
     <w:rsid w:val="00526C86"/>
     <w:rsid w:val="0053756A"/>
     <w:rsid w:val="005404A1"/>
     <w:rsid w:val="00572DA4"/>
     <w:rsid w:val="00573982"/>
     <w:rsid w:val="00573CB4"/>
     <w:rsid w:val="00575EC4"/>
     <w:rsid w:val="00580DAE"/>
     <w:rsid w:val="00587D29"/>
@@ -11623,331 +12356,356 @@
     <w:rsid w:val="005E1ADE"/>
     <w:rsid w:val="005E3106"/>
     <w:rsid w:val="005E6D20"/>
     <w:rsid w:val="00605740"/>
     <w:rsid w:val="00606C34"/>
     <w:rsid w:val="00607041"/>
     <w:rsid w:val="00607165"/>
     <w:rsid w:val="006119FA"/>
     <w:rsid w:val="00612739"/>
     <w:rsid w:val="00615117"/>
     <w:rsid w:val="00615BDE"/>
     <w:rsid w:val="0061680B"/>
     <w:rsid w:val="00617FF0"/>
     <w:rsid w:val="00631FB7"/>
     <w:rsid w:val="00640582"/>
     <w:rsid w:val="00640D9E"/>
     <w:rsid w:val="0064173F"/>
     <w:rsid w:val="00642351"/>
     <w:rsid w:val="0065018F"/>
     <w:rsid w:val="00652096"/>
     <w:rsid w:val="00655215"/>
     <w:rsid w:val="00657623"/>
     <w:rsid w:val="00664D61"/>
     <w:rsid w:val="006652E1"/>
     <w:rsid w:val="006743D9"/>
+    <w:rsid w:val="00675C30"/>
     <w:rsid w:val="00680A81"/>
     <w:rsid w:val="0069137E"/>
     <w:rsid w:val="006931AE"/>
     <w:rsid w:val="00695A9D"/>
     <w:rsid w:val="00696EED"/>
     <w:rsid w:val="00697388"/>
     <w:rsid w:val="006A4498"/>
     <w:rsid w:val="006A73FD"/>
     <w:rsid w:val="006B2266"/>
     <w:rsid w:val="006B39A1"/>
     <w:rsid w:val="006B45C2"/>
     <w:rsid w:val="006B5607"/>
     <w:rsid w:val="006C0ADA"/>
     <w:rsid w:val="006C154F"/>
     <w:rsid w:val="006C2221"/>
     <w:rsid w:val="006C5158"/>
     <w:rsid w:val="006D3322"/>
     <w:rsid w:val="006D5DE2"/>
     <w:rsid w:val="006D78D3"/>
     <w:rsid w:val="006E0C8F"/>
     <w:rsid w:val="006E0DAA"/>
     <w:rsid w:val="006E3179"/>
     <w:rsid w:val="006E4E7D"/>
     <w:rsid w:val="006E5BE4"/>
     <w:rsid w:val="006E6DD1"/>
     <w:rsid w:val="00701A6B"/>
     <w:rsid w:val="007041FE"/>
     <w:rsid w:val="00710C02"/>
     <w:rsid w:val="00711E53"/>
     <w:rsid w:val="00713C8C"/>
     <w:rsid w:val="00727A06"/>
     <w:rsid w:val="0073224E"/>
     <w:rsid w:val="00740875"/>
     <w:rsid w:val="00743487"/>
     <w:rsid w:val="007465EF"/>
+    <w:rsid w:val="007512D3"/>
     <w:rsid w:val="00755B55"/>
     <w:rsid w:val="00760A24"/>
     <w:rsid w:val="00763B46"/>
     <w:rsid w:val="00765E99"/>
     <w:rsid w:val="007801DF"/>
     <w:rsid w:val="00781B36"/>
     <w:rsid w:val="0078358E"/>
     <w:rsid w:val="00786700"/>
     <w:rsid w:val="00791D18"/>
     <w:rsid w:val="00793737"/>
     <w:rsid w:val="00793FE3"/>
     <w:rsid w:val="00795805"/>
     <w:rsid w:val="007A0E62"/>
     <w:rsid w:val="007A103B"/>
+    <w:rsid w:val="007A6881"/>
     <w:rsid w:val="007A748D"/>
     <w:rsid w:val="007B0554"/>
     <w:rsid w:val="007B1E67"/>
     <w:rsid w:val="007B48A6"/>
     <w:rsid w:val="007B7662"/>
     <w:rsid w:val="007D17BA"/>
     <w:rsid w:val="007D4D80"/>
+    <w:rsid w:val="007D50E8"/>
     <w:rsid w:val="007D5E76"/>
     <w:rsid w:val="007D688A"/>
     <w:rsid w:val="007E359B"/>
     <w:rsid w:val="007E5BBA"/>
     <w:rsid w:val="007E6398"/>
     <w:rsid w:val="007E79D3"/>
+    <w:rsid w:val="007F13B8"/>
     <w:rsid w:val="007F4627"/>
     <w:rsid w:val="007F6385"/>
     <w:rsid w:val="00802B78"/>
     <w:rsid w:val="00806B31"/>
     <w:rsid w:val="008128B9"/>
+    <w:rsid w:val="00814D74"/>
     <w:rsid w:val="00816704"/>
     <w:rsid w:val="00816833"/>
     <w:rsid w:val="0081777C"/>
     <w:rsid w:val="008244A2"/>
     <w:rsid w:val="0083259F"/>
     <w:rsid w:val="00833CAC"/>
     <w:rsid w:val="00835AC8"/>
     <w:rsid w:val="0083709E"/>
     <w:rsid w:val="00841AF5"/>
     <w:rsid w:val="00842E67"/>
     <w:rsid w:val="00847F48"/>
     <w:rsid w:val="008503E1"/>
     <w:rsid w:val="00853BDB"/>
     <w:rsid w:val="008542F6"/>
     <w:rsid w:val="008550D2"/>
+    <w:rsid w:val="00855DE9"/>
     <w:rsid w:val="00860F4F"/>
     <w:rsid w:val="00862AFF"/>
     <w:rsid w:val="008634BB"/>
     <w:rsid w:val="00863793"/>
     <w:rsid w:val="00864E45"/>
     <w:rsid w:val="00866260"/>
     <w:rsid w:val="00871BA3"/>
     <w:rsid w:val="008838F6"/>
     <w:rsid w:val="00883B18"/>
     <w:rsid w:val="00885CF6"/>
     <w:rsid w:val="00887D25"/>
     <w:rsid w:val="008902C8"/>
     <w:rsid w:val="008918C3"/>
     <w:rsid w:val="00893101"/>
     <w:rsid w:val="0089493D"/>
     <w:rsid w:val="00894F3C"/>
     <w:rsid w:val="008A13A7"/>
     <w:rsid w:val="008A1916"/>
     <w:rsid w:val="008A6868"/>
     <w:rsid w:val="008A70BD"/>
     <w:rsid w:val="008B610A"/>
     <w:rsid w:val="008D32C5"/>
     <w:rsid w:val="008D4577"/>
     <w:rsid w:val="008D74C6"/>
     <w:rsid w:val="008E2091"/>
     <w:rsid w:val="008E2691"/>
     <w:rsid w:val="008F119E"/>
     <w:rsid w:val="008F11C6"/>
     <w:rsid w:val="008F3F05"/>
     <w:rsid w:val="008F533C"/>
     <w:rsid w:val="00901FA0"/>
     <w:rsid w:val="00902C4F"/>
     <w:rsid w:val="0090317F"/>
     <w:rsid w:val="00903FF5"/>
     <w:rsid w:val="009067DE"/>
     <w:rsid w:val="00911B1A"/>
     <w:rsid w:val="0091710C"/>
     <w:rsid w:val="00920B2C"/>
     <w:rsid w:val="00924336"/>
     <w:rsid w:val="00937542"/>
     <w:rsid w:val="00943A2C"/>
     <w:rsid w:val="0095014D"/>
     <w:rsid w:val="009557B1"/>
     <w:rsid w:val="00955C6F"/>
+    <w:rsid w:val="009563FF"/>
     <w:rsid w:val="009572CF"/>
     <w:rsid w:val="00961255"/>
     <w:rsid w:val="009639B4"/>
     <w:rsid w:val="00976562"/>
     <w:rsid w:val="0098255D"/>
     <w:rsid w:val="00982CF7"/>
     <w:rsid w:val="00984464"/>
     <w:rsid w:val="009A0766"/>
     <w:rsid w:val="009A4F54"/>
     <w:rsid w:val="009A5298"/>
     <w:rsid w:val="009A52E5"/>
     <w:rsid w:val="009A6C43"/>
+    <w:rsid w:val="009C0D32"/>
     <w:rsid w:val="009C0FDF"/>
+    <w:rsid w:val="009C1BD7"/>
     <w:rsid w:val="009C36F4"/>
     <w:rsid w:val="009C63E7"/>
     <w:rsid w:val="009D0592"/>
     <w:rsid w:val="009D1A66"/>
     <w:rsid w:val="009D44E0"/>
     <w:rsid w:val="009D4785"/>
     <w:rsid w:val="009E164B"/>
     <w:rsid w:val="009E34C0"/>
+    <w:rsid w:val="009E38B9"/>
     <w:rsid w:val="009E431F"/>
     <w:rsid w:val="009F4D8F"/>
     <w:rsid w:val="00A019D5"/>
     <w:rsid w:val="00A01C5B"/>
     <w:rsid w:val="00A07D9D"/>
     <w:rsid w:val="00A16635"/>
     <w:rsid w:val="00A211BA"/>
     <w:rsid w:val="00A21C6B"/>
     <w:rsid w:val="00A23257"/>
     <w:rsid w:val="00A24300"/>
     <w:rsid w:val="00A245F6"/>
+    <w:rsid w:val="00A26C7A"/>
     <w:rsid w:val="00A314B3"/>
     <w:rsid w:val="00A379A4"/>
     <w:rsid w:val="00A41121"/>
     <w:rsid w:val="00A43B1E"/>
     <w:rsid w:val="00A53F08"/>
     <w:rsid w:val="00A54213"/>
     <w:rsid w:val="00A65DA5"/>
+    <w:rsid w:val="00A6678C"/>
     <w:rsid w:val="00A703A5"/>
     <w:rsid w:val="00A71F5B"/>
     <w:rsid w:val="00A76227"/>
     <w:rsid w:val="00A82DE1"/>
     <w:rsid w:val="00A861EA"/>
     <w:rsid w:val="00A97104"/>
     <w:rsid w:val="00AA30F4"/>
     <w:rsid w:val="00AA560F"/>
     <w:rsid w:val="00AA75A1"/>
     <w:rsid w:val="00AB0276"/>
     <w:rsid w:val="00AB1B51"/>
     <w:rsid w:val="00AB75F2"/>
     <w:rsid w:val="00AC73D0"/>
     <w:rsid w:val="00AC78B7"/>
     <w:rsid w:val="00AC79EA"/>
     <w:rsid w:val="00AD2851"/>
     <w:rsid w:val="00AD421A"/>
     <w:rsid w:val="00AD567A"/>
     <w:rsid w:val="00AE4547"/>
     <w:rsid w:val="00AE64C5"/>
     <w:rsid w:val="00AE7FA3"/>
     <w:rsid w:val="00AF1041"/>
     <w:rsid w:val="00AF118D"/>
+    <w:rsid w:val="00AF2690"/>
     <w:rsid w:val="00AF6CDD"/>
     <w:rsid w:val="00B01FA9"/>
     <w:rsid w:val="00B025BE"/>
     <w:rsid w:val="00B032BF"/>
     <w:rsid w:val="00B10629"/>
     <w:rsid w:val="00B15CB6"/>
     <w:rsid w:val="00B178E0"/>
     <w:rsid w:val="00B21B7C"/>
     <w:rsid w:val="00B231FA"/>
+    <w:rsid w:val="00B24811"/>
     <w:rsid w:val="00B25043"/>
+    <w:rsid w:val="00B25360"/>
     <w:rsid w:val="00B3090E"/>
     <w:rsid w:val="00B32DB1"/>
+    <w:rsid w:val="00B34FA8"/>
     <w:rsid w:val="00B35C2E"/>
     <w:rsid w:val="00B36FF9"/>
     <w:rsid w:val="00B37FF8"/>
     <w:rsid w:val="00B44825"/>
     <w:rsid w:val="00B4518A"/>
+    <w:rsid w:val="00B45D09"/>
     <w:rsid w:val="00B467B4"/>
     <w:rsid w:val="00B564AE"/>
     <w:rsid w:val="00B5705D"/>
     <w:rsid w:val="00B5725C"/>
     <w:rsid w:val="00B57E12"/>
     <w:rsid w:val="00B66EBB"/>
     <w:rsid w:val="00B704A5"/>
     <w:rsid w:val="00B71C7B"/>
     <w:rsid w:val="00B71E70"/>
     <w:rsid w:val="00B74B98"/>
     <w:rsid w:val="00B758CA"/>
+    <w:rsid w:val="00B77941"/>
     <w:rsid w:val="00B81D4D"/>
     <w:rsid w:val="00B824DC"/>
     <w:rsid w:val="00B82C3A"/>
     <w:rsid w:val="00B83F17"/>
     <w:rsid w:val="00B8503D"/>
+    <w:rsid w:val="00B954EB"/>
+    <w:rsid w:val="00B97508"/>
     <w:rsid w:val="00BA1021"/>
     <w:rsid w:val="00BA3ADA"/>
     <w:rsid w:val="00BA4B4F"/>
     <w:rsid w:val="00BA6CBC"/>
     <w:rsid w:val="00BA6E43"/>
     <w:rsid w:val="00BA7BE7"/>
     <w:rsid w:val="00BB1A4C"/>
     <w:rsid w:val="00BB52DC"/>
     <w:rsid w:val="00BB6666"/>
     <w:rsid w:val="00BB6690"/>
     <w:rsid w:val="00BC0EBA"/>
     <w:rsid w:val="00BC151D"/>
     <w:rsid w:val="00BC2215"/>
     <w:rsid w:val="00BC67A6"/>
     <w:rsid w:val="00BD1CFC"/>
     <w:rsid w:val="00BD20F9"/>
     <w:rsid w:val="00BD3961"/>
     <w:rsid w:val="00BD3BBE"/>
     <w:rsid w:val="00BD5DDF"/>
+    <w:rsid w:val="00BD7BD6"/>
     <w:rsid w:val="00BE0005"/>
     <w:rsid w:val="00BE1C47"/>
     <w:rsid w:val="00BE44F9"/>
     <w:rsid w:val="00BE7275"/>
     <w:rsid w:val="00BE7A19"/>
     <w:rsid w:val="00BF412E"/>
+    <w:rsid w:val="00BF68C9"/>
+    <w:rsid w:val="00C12EAA"/>
     <w:rsid w:val="00C1421E"/>
     <w:rsid w:val="00C179E0"/>
     <w:rsid w:val="00C244BE"/>
     <w:rsid w:val="00C2618B"/>
     <w:rsid w:val="00C31914"/>
     <w:rsid w:val="00C3339E"/>
     <w:rsid w:val="00C34A71"/>
     <w:rsid w:val="00C37959"/>
     <w:rsid w:val="00C41A7B"/>
     <w:rsid w:val="00C45908"/>
     <w:rsid w:val="00C533E0"/>
     <w:rsid w:val="00C55019"/>
     <w:rsid w:val="00C61564"/>
     <w:rsid w:val="00C639B6"/>
     <w:rsid w:val="00C67ACC"/>
     <w:rsid w:val="00C71FB5"/>
     <w:rsid w:val="00C840FB"/>
     <w:rsid w:val="00C84DD4"/>
     <w:rsid w:val="00C87198"/>
     <w:rsid w:val="00C921E7"/>
     <w:rsid w:val="00C948D6"/>
     <w:rsid w:val="00CA1375"/>
     <w:rsid w:val="00CA35C7"/>
     <w:rsid w:val="00CA4221"/>
     <w:rsid w:val="00CB144D"/>
     <w:rsid w:val="00CB3538"/>
     <w:rsid w:val="00CB62DF"/>
     <w:rsid w:val="00CB6A27"/>
     <w:rsid w:val="00CB6F88"/>
     <w:rsid w:val="00CC4629"/>
     <w:rsid w:val="00CC5753"/>
     <w:rsid w:val="00CC724E"/>
     <w:rsid w:val="00CD0857"/>
     <w:rsid w:val="00CD54F4"/>
     <w:rsid w:val="00CD5721"/>
+    <w:rsid w:val="00CD5CAF"/>
     <w:rsid w:val="00CD5F14"/>
     <w:rsid w:val="00CD767B"/>
     <w:rsid w:val="00CF2458"/>
     <w:rsid w:val="00CF4221"/>
     <w:rsid w:val="00CF4B4B"/>
     <w:rsid w:val="00D036FD"/>
     <w:rsid w:val="00D038A1"/>
     <w:rsid w:val="00D067F6"/>
     <w:rsid w:val="00D127EF"/>
     <w:rsid w:val="00D13E11"/>
     <w:rsid w:val="00D15398"/>
     <w:rsid w:val="00D215E8"/>
     <w:rsid w:val="00D23C27"/>
     <w:rsid w:val="00D2622A"/>
     <w:rsid w:val="00D308FE"/>
     <w:rsid w:val="00D3223F"/>
     <w:rsid w:val="00D32365"/>
     <w:rsid w:val="00D359E3"/>
     <w:rsid w:val="00D36EB4"/>
     <w:rsid w:val="00D473DB"/>
     <w:rsid w:val="00D52EFE"/>
     <w:rsid w:val="00D5513B"/>
     <w:rsid w:val="00D62B41"/>
     <w:rsid w:val="00D67EB6"/>
     <w:rsid w:val="00D7019E"/>
@@ -11964,112 +12722,117 @@
     <w:rsid w:val="00DA7743"/>
     <w:rsid w:val="00DB0DB6"/>
     <w:rsid w:val="00DB1FE9"/>
     <w:rsid w:val="00DB43CF"/>
     <w:rsid w:val="00DC1DAA"/>
     <w:rsid w:val="00DC20F4"/>
     <w:rsid w:val="00DC2F1A"/>
     <w:rsid w:val="00DC3465"/>
     <w:rsid w:val="00DC7934"/>
     <w:rsid w:val="00DD1DB5"/>
     <w:rsid w:val="00DD1F5E"/>
     <w:rsid w:val="00DD4028"/>
     <w:rsid w:val="00DD7F4C"/>
     <w:rsid w:val="00DE05A1"/>
     <w:rsid w:val="00DF4389"/>
     <w:rsid w:val="00E017DD"/>
     <w:rsid w:val="00E06F77"/>
     <w:rsid w:val="00E107AB"/>
     <w:rsid w:val="00E12085"/>
     <w:rsid w:val="00E139E3"/>
     <w:rsid w:val="00E14AAE"/>
     <w:rsid w:val="00E1645D"/>
     <w:rsid w:val="00E16C1F"/>
     <w:rsid w:val="00E176AF"/>
     <w:rsid w:val="00E20638"/>
+    <w:rsid w:val="00E2302D"/>
+    <w:rsid w:val="00E26487"/>
     <w:rsid w:val="00E2650B"/>
     <w:rsid w:val="00E274D1"/>
     <w:rsid w:val="00E35E40"/>
     <w:rsid w:val="00E40A83"/>
     <w:rsid w:val="00E40F66"/>
     <w:rsid w:val="00E41471"/>
     <w:rsid w:val="00E46907"/>
     <w:rsid w:val="00E50CAB"/>
     <w:rsid w:val="00E54470"/>
     <w:rsid w:val="00E61023"/>
     <w:rsid w:val="00E61C2E"/>
     <w:rsid w:val="00E64963"/>
     <w:rsid w:val="00E71498"/>
     <w:rsid w:val="00E718C3"/>
     <w:rsid w:val="00E765EC"/>
     <w:rsid w:val="00E77962"/>
     <w:rsid w:val="00E826D7"/>
     <w:rsid w:val="00E833D0"/>
     <w:rsid w:val="00E83DFF"/>
     <w:rsid w:val="00E84536"/>
     <w:rsid w:val="00E85E34"/>
     <w:rsid w:val="00E86531"/>
     <w:rsid w:val="00E92C71"/>
     <w:rsid w:val="00E93A84"/>
     <w:rsid w:val="00E949BE"/>
     <w:rsid w:val="00E951A3"/>
     <w:rsid w:val="00EA02AF"/>
     <w:rsid w:val="00EA20E0"/>
     <w:rsid w:val="00EA4239"/>
     <w:rsid w:val="00EB0A29"/>
     <w:rsid w:val="00EB0ED1"/>
     <w:rsid w:val="00EB6203"/>
     <w:rsid w:val="00EB6993"/>
     <w:rsid w:val="00EC096D"/>
     <w:rsid w:val="00EC181D"/>
     <w:rsid w:val="00EC1C15"/>
     <w:rsid w:val="00EC2A70"/>
     <w:rsid w:val="00EC3697"/>
+    <w:rsid w:val="00EC44B2"/>
     <w:rsid w:val="00EC63DF"/>
     <w:rsid w:val="00EC696D"/>
     <w:rsid w:val="00ED0AFE"/>
     <w:rsid w:val="00ED177D"/>
     <w:rsid w:val="00ED2D30"/>
     <w:rsid w:val="00ED693B"/>
     <w:rsid w:val="00EF17ED"/>
     <w:rsid w:val="00EF2E6F"/>
     <w:rsid w:val="00EF4138"/>
     <w:rsid w:val="00EF496C"/>
     <w:rsid w:val="00EF5E51"/>
     <w:rsid w:val="00EF7060"/>
     <w:rsid w:val="00F057F6"/>
     <w:rsid w:val="00F07062"/>
+    <w:rsid w:val="00F10F4B"/>
     <w:rsid w:val="00F12EB4"/>
     <w:rsid w:val="00F13787"/>
     <w:rsid w:val="00F16A29"/>
     <w:rsid w:val="00F16E22"/>
     <w:rsid w:val="00F204DF"/>
     <w:rsid w:val="00F23B8E"/>
     <w:rsid w:val="00F31300"/>
     <w:rsid w:val="00F32452"/>
     <w:rsid w:val="00F36154"/>
     <w:rsid w:val="00F452EF"/>
+    <w:rsid w:val="00F4778C"/>
     <w:rsid w:val="00F6327C"/>
     <w:rsid w:val="00F63BFB"/>
     <w:rsid w:val="00F6723F"/>
     <w:rsid w:val="00F75CC8"/>
     <w:rsid w:val="00F77D52"/>
     <w:rsid w:val="00F855CC"/>
     <w:rsid w:val="00F86140"/>
     <w:rsid w:val="00F8752E"/>
     <w:rsid w:val="00FA53D8"/>
     <w:rsid w:val="00FA58F5"/>
     <w:rsid w:val="00FC0F88"/>
     <w:rsid w:val="00FC200B"/>
     <w:rsid w:val="00FC2C68"/>
     <w:rsid w:val="00FC36E3"/>
     <w:rsid w:val="00FC3AAE"/>
     <w:rsid w:val="00FD1F48"/>
     <w:rsid w:val="00FD2DCE"/>
     <w:rsid w:val="00FE280B"/>
     <w:rsid w:val="00FE2DDE"/>
     <w:rsid w:val="00FE64E8"/>
     <w:rsid w:val="00FF1BD2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
@@ -14520,51 +15283,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1801727683">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cfr.forms.gov.ab.ca/Form/OHSP12387" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SPHIFR@gov.ab.ca" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SPHIFR@gov.ab.ca" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SPHIFR@gov.ab.ca" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ohs-pubstore.labour.alberta.ca/grt001-1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SPHIFR@gov.ab.ca" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SPHIFR@gov.ab.ca" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SPHIFR@gov.ab.ca" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SPHIFR@gov.ab.ca" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cfr.forms.gov.ab.ca/Form/OHSP12387" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SPHIFR@gov.ab.ca" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ohs-pubstore.labour.alberta.ca/grt002" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alberta.ca/first-responders-mental-health-grants.aspx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SPHIFR@gov.ab.ca" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SPHIFR@gov.ab.ca" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alberta.ca/first-responders-mental-health-grants.aspx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SPHIFR@gov.ab.ca" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SPHIFR@gov.ab.ca" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cfr.forms.gov.ab.ca/Form/OHSP12387" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SPHIFR@gov.ab.ca" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SPHIFR@gov.ab.ca" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SPHIFR@gov.ab.ca" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SPHIFR@gov.ab.ca" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SPHIFR@gov.ab.ca" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SPHIFR@gov.ab.ca" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SPHIFR@gov.ab.ca" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ohs-pubstore.labour.alberta.ca/grt002" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cfr.forms.gov.ab.ca/Form/OHSP12387" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SPHIFR@gov.ab.ca" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ohs-pubstore.labour.alberta.ca/grt001" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="GoA_Sky">
   <a:themeElements>
     <a:clrScheme name="GoA Sky">
       <a:dk1>
         <a:srgbClr val="36424A"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="6A737B"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="D1D4D3"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="005072"/>
       </a:accent1>
@@ -14828,109 +15591,77 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B6DACEAD-A56F-4002-8346-4BB22BF3DCF6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{60c3ebf9-3c2f-4745-a75f-55836bdb736f}" enabled="1" method="Privileged" siteId="{2bb51c06-af9b-42c5-8bf5-3c3b7b10850b}" removed="0"/>
+</clbl:labelList>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>10</Pages>
-  <Words>3422</Words>
-  <Characters>19507</Characters>
+  <Words>3302</Words>
+  <Characters>18839</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>162</Lines>
-  <Paragraphs>45</Paragraphs>
+  <Lines>378</Lines>
+  <Paragraphs>203</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>22884</CharactersWithSpaces>
+  <CharactersWithSpaces>22066</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...36 lines deleted...]
-</file>