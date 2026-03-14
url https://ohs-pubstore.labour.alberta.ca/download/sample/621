--- v0 (2025-10-09)
+++ v1 (2026-03-14)
@@ -1,147 +1,662 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="7AAFCFFD" w14:textId="6DA01B6D" w:rsidR="0064173F" w:rsidRDefault="00A028EE" w:rsidP="00980109">
+    <w:p w14:paraId="4B3ACA76" w14:textId="77777777" w:rsidR="0087270C" w:rsidRPr="0087270C" w:rsidRDefault="0087270C" w:rsidP="0087270C">
       <w:pPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="-426"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2975DF3E" w14:textId="6B22FC98" w:rsidR="0087270C" w:rsidRPr="0087270C" w:rsidRDefault="0087270C" w:rsidP="0087270C">
+      <w:pPr>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0087270C">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpg">
+            <w:drawing>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2AA65520" wp14:editId="6949BDD3">
+                <wp:extent cx="435610" cy="97155"/>
+                <wp:effectExtent l="0" t="0" r="40640" b="0"/>
+                <wp:docPr id="125994139" name="Group 4"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                    <wpg:wgp>
+                      <wpg:cNvGrpSpPr>
+                        <a:grpSpLocks/>
+                      </wpg:cNvGrpSpPr>
+                      <wpg:grpSpPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="435610" cy="97155"/>
+                          <a:chOff x="0" y="0"/>
+                          <a:chExt cx="686" cy="86"/>
+                        </a:xfrm>
+                      </wpg:grpSpPr>
+                      <wps:wsp>
+                        <wps:cNvPr id="1604888532" name="Freeform 5"/>
+                        <wps:cNvSpPr>
+                          <a:spLocks/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="42"/>
+                            <a:ext cx="686" cy="1"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst>
+                              <a:gd name="T0" fmla="*/ 0 w 686"/>
+                              <a:gd name="T1" fmla="*/ 0 h 1"/>
+                              <a:gd name="T2" fmla="*/ 685 w 686"/>
+                              <a:gd name="T3" fmla="*/ 0 h 1"/>
+                            </a:gdLst>
+                            <a:ahLst/>
+                            <a:cxnLst>
+                              <a:cxn ang="0">
+                                <a:pos x="T0" y="T1"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T2" y="T3"/>
+                              </a:cxn>
+                            </a:cxnLst>
+                            <a:rect l="0" t="0" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="686" h="1">
+                                <a:moveTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="685" y="0"/>
+                                </a:lnTo>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:noFill/>
+                          <a:ln w="54282">
+                            <a:solidFill>
+                              <a:schemeClr val="accent4">
+                                <a:lumMod val="75000"/>
+                              </a:schemeClr>
+                            </a:solidFill>
+                            <a:round/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                <a:solidFill>
+                                  <a:srgbClr val="FFFFFF"/>
+                                </a:solidFill>
+                              </a14:hiddenFill>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                    </wpg:wgp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:group w14:anchorId="35B43EC8" id="Group 4" o:spid="_x0000_s1026" style="width:34.3pt;height:7.65pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="686,86" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDJW9R3BgMAAPUGAAAOAAAAZHJzL2Uyb0RvYy54bWykVW1vmzAQ/j5p/8Hyx0krJIGUopJq6psm&#10;dVulZj/AMeZFA5vZTkj363c+E0rSTZq6L3DmjrvnnjseLq/2bUN2QptayYzOzkJKhOQqr2WZ0e/r&#10;u48JJcYymbNGSZHRZ2Ho1er9u8u+S8VcVarJhSaQRJq07zJaWdulQWB4JVpmzlQnJDgLpVtm4ajL&#10;INesh+xtE8zDcBn0SuedVlwYA09vvJOuMH9RCG6/FYURljQZBWwWrxqvG3cNVpcsLTXrqpoPMNgb&#10;ULSsllB0THXDLCNbXb9K1dZcK6MKe8ZVG6iiqLnAHqCbWXjSzb1W2w57KdO+7EaagNoTnt6cln/d&#10;3evuqXvUHj2YD4r/MMBL0HdlOvW7c+mDyab/onKYJ9tahY3vC926FNAS2SO/zyO/Ym8Jh4fRIl7O&#10;YAocXBfnszj29PMKZvTqJV7dDq8tk6V/B+4OF0t9MQQ4AHIDhw0yLySZ/yPpqWKdQO6NI+FRkzqH&#10;BV+GUZIk8WJOiWQtEHCnhXDrSbAZBwKiD3yaKZkTjwszwPk/0hjNPVEHHkdCZkd8sJRvjb0XCgfB&#10;dg/G+vXOwcLx5gPoNQyhaBvY9A8BCUlPXMYh9hAyOwqpCNaCBR9zAAVjjmUS/znLYhIUkiELTLA8&#10;YGLVASbfywEnWIQ5AQlxtTpl3HY40LA460PTEOWa+kswoHPBi4EhDIa6cB+KaNCGU1XQlIAqbDwV&#10;HbMOm6vhTNJnFImvYA0QV6t2Yq3Qb0/WFyq9eBs5jQKqEBpqD8R5LxiuCG73WNjhnUxUqru6aXBM&#10;jXRw4miezBGKUU2dO69Dg+IprhtNdgxkj3EupI0wrtm28N365+dxGB5AjK8ggKNsoEEyx6KVYPnt&#10;YFtWN97GFlAt/E77L3Gj8mfYb6284sIfAoxK6V+U9KC2GTU/t0wLSprPEr7Ui1kUOXnGQxSfz+Gg&#10;p57N1MMkh1QZtRTWxJnX1kv6ttN1WUElPyCpPoE8FbX7DEAsTOpRDQcQC7RQW8E6Eu/pGaNe/lar&#10;3wAAAP//AwBQSwMEFAAGAAgAAAAhAHLGMfHaAAAAAwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FL&#10;w0AQhe+C/2GZgje7iaWhpNmUUtRTEWwF8TZNpklodjZkt0n67x296OXB8B7vfZNtJtuqgXrfODYQ&#10;zyNQxIUrG64MfBxfHlegfEAusXVMBm7kYZPf32WYlm7kdxoOoVJSwj5FA3UIXaq1L2qy6OeuIxbv&#10;7HqLQc6+0mWPo5TbVj9FUaItNiwLNXa0q6m4HK7WwOuI43YRPw/7y3l3+zou3z73MRnzMJu2a1CB&#10;pvAXhh98QYdcmE7uyqVXrQF5JPyqeMkqAXWSzHIBOs/0f/b8GwAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAMlb1HcGAwAA9QYAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAHLGMfHaAAAAAwEAAA8AAAAAAAAAAAAAAAAAYAUAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAABnBgAAAAA=&#10;">
+                <v:shape id="Freeform 5" o:spid="_x0000_s1027" style="position:absolute;top:42;width:686;height:1;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="686,1" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCFZNpTyQAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9fa8Iw&#10;EH8f+B3CCb7ITOymdJ1RNkE3EMfmtvdbc7bF5lKaqPXbLwNhj/f7f7NFZ2txotZXjjWMRwoEce5M&#10;xYWGr8/VbQrCB2SDtWPScCEPi3nvZoaZcWf+oNMuFCKGsM9QQxlCk0np85Is+pFriCO3d63FEM+2&#10;kKbFcwy3tUyUmkqLFceGEhtalpQfdker4UUl2+ehXT0s394nPyjDeLM231oP+t3TI4hAXfgXX92v&#10;Js6fqvs0TSd3Cfz9FAGQ818AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAhWTaU8kAAADj&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;" path="m,l685,e" filled="f" strokecolor="#25b0d1 [2407]" strokeweight="1.50783mm">
+                  <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;685,0" o:connectangles="0,0"/>
+                </v:shape>
+                <w10:anchorlock/>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A022737" w14:textId="77777777" w:rsidR="0087270C" w:rsidRPr="0087270C" w:rsidRDefault="0087270C" w:rsidP="0087270C">
+      <w:pPr>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C6C17AD" w14:textId="77777777" w:rsidR="002749B2" w:rsidRDefault="0087270C" w:rsidP="00A0339E">
+      <w:pPr>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:sz w:val="72"/>
+          <w:szCs w:val="72"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE29F9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="72"/>
+          <w:szCs w:val="72"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Supporting </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5226F826" w14:textId="77777777" w:rsidR="002749B2" w:rsidRDefault="0087270C" w:rsidP="00A0339E">
+      <w:pPr>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="72"/>
+          <w:szCs w:val="72"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE29F9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="72"/>
+          <w:szCs w:val="72"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">psychological health </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FA72CB8" w14:textId="612E8EBE" w:rsidR="0087270C" w:rsidRDefault="0087270C" w:rsidP="00A0339E">
+      <w:pPr>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="72"/>
+          <w:szCs w:val="72"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE29F9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="72"/>
+          <w:szCs w:val="72"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>in first responders</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="367ACD52" w14:textId="77777777" w:rsidR="002749B2" w:rsidRPr="00FE29F9" w:rsidRDefault="002749B2" w:rsidP="0087270C">
+      <w:pPr>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="72"/>
+          <w:szCs w:val="72"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A14866F" w14:textId="77777777" w:rsidR="00937A89" w:rsidRDefault="0087270C" w:rsidP="0087270C">
+      <w:pPr>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE29F9">
+        <w:rPr>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00575397" w:rsidRPr="00575397">
+        <w:rPr>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE29F9">
+        <w:rPr>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>/2</w:t>
+      </w:r>
+      <w:r w:rsidR="00575397" w:rsidRPr="00575397">
+        <w:rPr>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00575397">
+        <w:rPr>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> application instruction</w:t>
+      </w:r>
+      <w:r w:rsidR="00937A89">
+        <w:rPr>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>s:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B6B4A1D" w14:textId="68D35C57" w:rsidR="0087270C" w:rsidRDefault="00937A89" w:rsidP="0087270C">
+      <w:pPr>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Stream </w:t>
+      </w:r>
+      <w:r w:rsidR="00A0339E">
+        <w:rPr>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00180C14">
+        <w:rPr>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F354C8">
+        <w:rPr>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00A0339E">
+        <w:rPr>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F354C8">
+        <w:rPr>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Applied </w:t>
+      </w:r>
+      <w:r w:rsidR="00A0339E">
+        <w:rPr>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>Research</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CDCFDE1" w14:textId="77777777" w:rsidR="00CB1BD9" w:rsidRDefault="00CB1BD9" w:rsidP="0087270C">
+      <w:pPr>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4573CD4B" w14:textId="77777777" w:rsidR="00CB1BD9" w:rsidRDefault="00CB1BD9" w:rsidP="0087270C">
+      <w:pPr>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7DAD4745" w14:textId="77777777" w:rsidR="00CB1BD9" w:rsidRDefault="00CB1BD9" w:rsidP="0087270C">
+      <w:pPr>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="02E9BDD8" w14:textId="77777777" w:rsidR="00FE29F9" w:rsidRDefault="00FE29F9" w:rsidP="0087270C">
+      <w:pPr>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6AF713BF" w14:textId="77777777" w:rsidR="00FE29F9" w:rsidRDefault="00FE29F9" w:rsidP="0087270C">
+      <w:pPr>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78001510" w14:textId="77777777" w:rsidR="00FE29F9" w:rsidRDefault="00FE29F9" w:rsidP="0087270C">
+      <w:pPr>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0CF9DE77" w14:textId="77777777" w:rsidR="00FE29F9" w:rsidRDefault="00FE29F9" w:rsidP="0087270C">
+      <w:pPr>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="084C6884" w14:textId="77777777" w:rsidR="00FE29F9" w:rsidRDefault="00FE29F9" w:rsidP="0087270C">
+      <w:pPr>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D620DC3" w14:textId="77777777" w:rsidR="00CB1BD9" w:rsidRPr="00A92CDA" w:rsidRDefault="00CB1BD9" w:rsidP="0087270C">
+      <w:pPr>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1E070803" w14:textId="77777777" w:rsidR="0087270C" w:rsidRPr="0087270C" w:rsidRDefault="0087270C" w:rsidP="0087270C">
+      <w:pPr>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0ECB2DE4" w14:textId="20288975" w:rsidR="0087270C" w:rsidRPr="0087270C" w:rsidRDefault="0087270C" w:rsidP="00CB1BD9">
+      <w:pPr>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0087270C">
         <w:rPr>
           <w:noProof/>
+          <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="353DB05D" wp14:editId="64D6042C">
-[...2 lines deleted...]
-            <wp:docPr id="1760730086" name="Picture 2"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="423A2218" wp14:editId="7D40206A">
+            <wp:extent cx="1143000" cy="342900"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="1898729612" name="Picture 3"/>
             <wp:cNvGraphicFramePr>
-              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 2"/>
+                    <pic:cNvPr id="0" name="Picture 12"/>
                     <pic:cNvPicPr>
-                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                      <a:picLocks noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8" cstate="print">
+                    <a:blip r:embed="rId8">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="7068665" cy="9147189"/>
+                      <a:ext cx="1143000" cy="342900"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="0064173F">
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p w14:paraId="53F56481" w14:textId="00565E66" w:rsidR="00CB1BD9" w:rsidRDefault="00CB1BD9">
+      <w:pPr>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:textAlignment w:val="auto"/>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="19B32F88" w14:textId="77777777" w:rsidR="00A71F5B" w:rsidRPr="00AD46DC" w:rsidRDefault="00A71F5B" w:rsidP="00AD46DC">
       <w:pPr>
         <w:pStyle w:val="Section1"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc72831561"/>
       <w:r w:rsidRPr="00AD46DC">
         <w:rPr>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:sz w:val="14"/>
           <w:lang w:val="en-CA" w:eastAsia="en-CA"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4B06FAA1" wp14:editId="65C9C462">
             <wp:extent cx="295657" cy="332233"/>
             <wp:effectExtent l="0" t="0" r="9525" b="0"/>
             <wp:docPr id="1" name="Picture 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name="SkyBar.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId9" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
@@ -155,174 +670,192 @@
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="0A333B97" w14:textId="77777777" w:rsidR="00D2622A" w:rsidRPr="00EF17ED" w:rsidRDefault="00D56FBC" w:rsidP="00D07E6B">
       <w:pPr>
         <w:pStyle w:val="Section1"/>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Toc72831562"/>
       <w:r w:rsidRPr="00D56FBC">
         <w:t>General information</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:p w14:paraId="71147546" w14:textId="5B6AB4AF" w:rsidR="003B7E9B" w:rsidRDefault="00CA0A11" w:rsidP="003B7E9B">
       <w:bookmarkStart w:id="2" w:name="_Hlk129069251"/>
       <w:r w:rsidRPr="00D56FBC">
-        <w:t>The Supporting Psychological Health in First Responders (SPHIFR) grant program is a competitive grant funding program</w:t>
+        <w:t>The Supporting Psychological Health in First Responders (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D56FBC">
+        <w:t>SPHIFR</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D56FBC">
+        <w:t>) grant program is a competitive grant funding program</w:t>
       </w:r>
       <w:r w:rsidR="003B7E9B">
         <w:t xml:space="preserve">. It </w:t>
       </w:r>
       <w:r w:rsidR="00F755AE">
         <w:t>supplies</w:t>
       </w:r>
       <w:r w:rsidR="003B7E9B">
         <w:t xml:space="preserve"> funding to </w:t>
       </w:r>
       <w:r w:rsidR="00F755AE" w:rsidRPr="00F755AE">
         <w:t xml:space="preserve">provide or improve services </w:t>
       </w:r>
       <w:r w:rsidR="00A028EE">
         <w:t xml:space="preserve">that support </w:t>
       </w:r>
       <w:r w:rsidR="00F755AE" w:rsidRPr="00F755AE">
         <w:t>first responders</w:t>
       </w:r>
       <w:r w:rsidR="003B5101">
         <w:t xml:space="preserve"> or emergency workers</w:t>
       </w:r>
       <w:r w:rsidR="00F755AE" w:rsidRPr="00F755AE">
         <w:t xml:space="preserve"> living with or at risk for post-traumatic stress </w:t>
       </w:r>
       <w:r w:rsidR="00894AF5">
         <w:t>injur</w:t>
       </w:r>
       <w:r w:rsidR="009D079A">
         <w:t>ies</w:t>
       </w:r>
       <w:r w:rsidR="003B7E9B">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00A24B7D">
         <w:t>PTSI</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="003B7E9B">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="003B7E9B" w:rsidRPr="00D56FBC">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00D56FBC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003B7E9B">
-        <w:t xml:space="preserve">For SPHIFR </w:t>
+        <w:t xml:space="preserve">For </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003B7E9B">
+        <w:t>SPHIFR</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003B7E9B">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003B7E9B" w:rsidRPr="00CF14BB">
         <w:t>purposes</w:t>
       </w:r>
       <w:r w:rsidR="003B7E9B">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="003B7E9B" w:rsidRPr="007A1703">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>first responders</w:t>
       </w:r>
       <w:r w:rsidR="003B7E9B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001C2394">
         <w:t xml:space="preserve">and emergency workers </w:t>
       </w:r>
       <w:r w:rsidR="003B7E9B">
         <w:t xml:space="preserve">are defined as workers who provide immediate assistance at emergency scenes. </w:t>
       </w:r>
       <w:r w:rsidR="005C3E2A">
         <w:t>Emergenc</w:t>
       </w:r>
       <w:r w:rsidR="001C2394">
         <w:t>ies are defined as serious, unexpected, and often dangerous situations requiring immediate action.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:p w14:paraId="12658091" w14:textId="14EC7620" w:rsidR="00D56FBC" w:rsidRDefault="00D56FBC" w:rsidP="00D56FBC">
+    <w:p w14:paraId="12658091" w14:textId="4D9CDA75" w:rsidR="00D56FBC" w:rsidRDefault="00D56FBC" w:rsidP="00D56FBC">
       <w:r w:rsidRPr="00D56FBC">
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="007B3247" w:rsidRPr="00D56FBC">
         <w:t xml:space="preserve">application </w:t>
       </w:r>
       <w:r w:rsidRPr="00D56FBC">
         <w:t xml:space="preserve">submission deadline is </w:t>
       </w:r>
       <w:r w:rsidR="00E724A9">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>May 2</w:t>
       </w:r>
+      <w:r w:rsidR="001E324D">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00E724A9">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
       <w:r w:rsidR="00A028EE">
         <w:rPr>
           <w:b/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E724A9">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="001E324D">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
         <w:t>6</w:t>
-      </w:r>
-[...22 lines deleted...]
-        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00BD47A9">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00D0657F" w:rsidRPr="00D0657F">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D56FBC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>at 11:59 p</w:t>
       </w:r>
       <w:r w:rsidR="00381DD0">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
@@ -351,51 +884,59 @@
       <w:r w:rsidRPr="00D56FBC">
         <w:t>Only applications</w:t>
       </w:r>
       <w:r w:rsidR="00BE0D30">
         <w:t xml:space="preserve"> that are complete and</w:t>
       </w:r>
       <w:r w:rsidR="004463AD">
         <w:t xml:space="preserve"> are</w:t>
       </w:r>
       <w:r w:rsidR="00BE0D30">
         <w:t xml:space="preserve"> received before this deadline</w:t>
       </w:r>
       <w:r w:rsidRPr="00D56FBC">
         <w:t xml:space="preserve"> will be eligible</w:t>
       </w:r>
       <w:r w:rsidR="00BE0D30">
         <w:t xml:space="preserve"> for funding</w:t>
       </w:r>
       <w:r w:rsidRPr="00D56FBC">
         <w:t>.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p w14:paraId="5006F632" w14:textId="1332D8DA" w:rsidR="00471700" w:rsidRDefault="00471700" w:rsidP="00471700">
       <w:r w:rsidRPr="00C2618B">
-        <w:t>The SPHIFR grant program has two streams:</w:t>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C2618B">
+        <w:t>SPHIFR</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C2618B">
+        <w:t xml:space="preserve"> grant program has two streams:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="361FC8F6" w14:textId="74D9ABBC" w:rsidR="00471700" w:rsidRPr="00D56FBC" w:rsidRDefault="00471700" w:rsidP="00471700">
       <w:pPr>
         <w:pStyle w:val="Bullets1"/>
       </w:pPr>
       <w:r w:rsidRPr="00E37F57">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Stream 1 (Services) </w:t>
       </w:r>
       <w:r w:rsidRPr="00D56FBC">
         <w:t>provides project-based grants to not-for-</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF14BB">
         <w:t>profit</w:t>
       </w:r>
       <w:r w:rsidRPr="00D56FBC">
         <w:t xml:space="preserve"> or public sector organizations</w:t>
       </w:r>
@@ -410,58 +951,60 @@
       </w:r>
       <w:r w:rsidRPr="00D56FBC">
         <w:t xml:space="preserve"> provide services </w:t>
       </w:r>
       <w:r>
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidR="00A028EE">
         <w:t>hat support</w:t>
       </w:r>
       <w:r w:rsidRPr="00D56FBC">
         <w:t xml:space="preserve"> Alberta </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">first responders or emergency </w:t>
       </w:r>
       <w:r w:rsidR="003E7B9B" w:rsidRPr="00577366">
         <w:t>w</w:t>
       </w:r>
       <w:r w:rsidRPr="009B43F3">
         <w:t>orkers</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> living with, or who are at risk of, </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="004346AB">
         <w:t>PTSI</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00D56FBC">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C6D5550" w14:textId="7519D74F" w:rsidR="00471700" w:rsidRDefault="00471700" w:rsidP="004E31F2">
+    <w:p w14:paraId="7C6D5550" w14:textId="38FEC602" w:rsidR="00471700" w:rsidRDefault="00471700" w:rsidP="004E31F2">
       <w:pPr>
         <w:pStyle w:val="Bullets1"/>
         <w:spacing w:after="240"/>
       </w:pPr>
       <w:r w:rsidRPr="00E37F57">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Stream 2 (Applied Research) </w:t>
       </w:r>
       <w:r w:rsidRPr="00D56FBC">
         <w:t xml:space="preserve">provides grants for applied </w:t>
       </w:r>
       <w:r w:rsidRPr="00CF14BB">
         <w:t>research</w:t>
       </w:r>
       <w:r w:rsidRPr="00D56FBC">
         <w:t xml:space="preserve"> to develop </w:t>
       </w:r>
       <w:r w:rsidRPr="009B43F3">
         <w:t>and</w:t>
       </w:r>
       <w:r w:rsidRPr="00D56FBC">
         <w:t xml:space="preserve"> evaluate effective programs and services to support </w:t>
@@ -474,67 +1017,69 @@
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> or emergency workers</w:t>
       </w:r>
       <w:r w:rsidRPr="00D56FBC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>living with,</w:t>
       </w:r>
       <w:r w:rsidRPr="00D56FBC">
         <w:t xml:space="preserve"> or</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> who are</w:t>
       </w:r>
       <w:r w:rsidRPr="00D56FBC">
         <w:t xml:space="preserve"> at risk of</w:t>
       </w:r>
       <w:r>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00D56FBC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="004346AB">
         <w:t>PTSI</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>. Examples of such programs and services include</w:t>
       </w:r>
       <w:r w:rsidRPr="00D56FBC">
         <w:t xml:space="preserve"> early intervention </w:t>
       </w:r>
       <w:r>
         <w:t>or</w:t>
       </w:r>
       <w:r w:rsidRPr="00D56FBC">
         <w:t xml:space="preserve"> resilience-building.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30A2F7C4" w14:textId="77777777" w:rsidR="008E29E5" w:rsidRDefault="00A7337B" w:rsidP="008E29E5">
+    <w:p w14:paraId="30A2F7C4" w14:textId="33353847" w:rsidR="008E29E5" w:rsidRDefault="00A7337B" w:rsidP="008E29E5">
       <w:r w:rsidRPr="00E37F57">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">The eligibility criteria and instructions in this document are only for </w:t>
       </w:r>
       <w:r w:rsidRPr="00711E53">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Stream </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00711E53">
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -623,51 +1168,59 @@
       </w:r>
       <w:r w:rsidR="008E29E5" w:rsidRPr="00AC78B7">
         <w:t xml:space="preserve">, contact </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidR="008E29E5" w:rsidRPr="00AC78B7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>SPHIFR@gov.ab.ca</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="008E29E5" w:rsidRPr="00AC78B7">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="008E29E5" w:rsidRPr="00EF17ED">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
     </w:p>
     <w:p w14:paraId="398EB798" w14:textId="3222D014" w:rsidR="00D56FBC" w:rsidRPr="00D56FBC" w:rsidRDefault="00D56FBC" w:rsidP="00D56FBC">
       <w:r w:rsidRPr="00D56FBC">
         <w:t xml:space="preserve">Applicants can </w:t>
       </w:r>
       <w:r w:rsidR="00CA0A11">
-        <w:t xml:space="preserve">seek SPHIFR grant funding for </w:t>
+        <w:t xml:space="preserve">seek </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CA0A11">
+        <w:t>SPHIFR</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CA0A11">
+        <w:t xml:space="preserve"> grant funding for </w:t>
       </w:r>
       <w:r w:rsidRPr="00D56FBC">
         <w:t xml:space="preserve">multiple </w:t>
       </w:r>
       <w:r w:rsidR="00CA0A11">
         <w:t>project</w:t>
       </w:r>
       <w:r w:rsidR="00CA0A11" w:rsidRPr="00D56FBC">
         <w:t xml:space="preserve">s </w:t>
       </w:r>
       <w:r w:rsidRPr="00D56FBC">
         <w:t>in a funding year</w:t>
       </w:r>
       <w:r w:rsidR="00CA0A11">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00D56FBC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CA0A11">
         <w:t>Each</w:t>
       </w:r>
       <w:r w:rsidRPr="00D56FBC">
         <w:t xml:space="preserve"> project must be distinct and independent</w:t>
       </w:r>
@@ -676,85 +1229,95 @@
       </w:r>
       <w:r w:rsidRPr="00D56FBC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CA0A11">
         <w:t>Applicants must submit a separate and standalone application for each project.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BD4D7C1" w14:textId="5FF9587A" w:rsidR="0044296C" w:rsidRDefault="00E1543B" w:rsidP="0044296C">
       <w:r>
         <w:t>You can submit t</w:t>
       </w:r>
       <w:r w:rsidR="006A788D">
         <w:t xml:space="preserve">his application </w:t>
       </w:r>
       <w:r w:rsidR="00C45FEC">
         <w:t>for funding</w:t>
       </w:r>
       <w:r w:rsidR="006A788D">
         <w:t xml:space="preserve"> to</w:t>
       </w:r>
       <w:r w:rsidR="0044296C">
         <w:t xml:space="preserve"> continue a project</w:t>
       </w:r>
       <w:r w:rsidR="00AE5083">
-        <w:t xml:space="preserve"> that received SPHIFR funding in the past</w:t>
+        <w:t xml:space="preserve"> that received </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AE5083">
+        <w:t>SPHIFR</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE5083">
+        <w:t xml:space="preserve"> funding in the past</w:t>
       </w:r>
       <w:r w:rsidR="0044296C">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00AE5083">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C45FEC">
         <w:t>You can also submit this application if you are hoping to apply for funding in subsequent years</w:t>
       </w:r>
       <w:r w:rsidR="00021C67">
         <w:t xml:space="preserve"> (for the same project or a different project)</w:t>
       </w:r>
       <w:r w:rsidR="00C45FEC">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00AE5083">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0074366C">
         <w:t xml:space="preserve">However, </w:t>
       </w:r>
       <w:r w:rsidR="003A1E0A">
         <w:t>it is important to</w:t>
       </w:r>
       <w:r w:rsidR="002E6E12">
         <w:t xml:space="preserve"> note that </w:t>
       </w:r>
       <w:r w:rsidR="003A1E0A">
         <w:t xml:space="preserve">receiving </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00B3084F">
         <w:t>SPHIFR</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="0074366C">
         <w:t xml:space="preserve"> f</w:t>
       </w:r>
       <w:r w:rsidR="00AE5083">
         <w:t xml:space="preserve">unding in </w:t>
       </w:r>
       <w:r w:rsidR="009012F4">
         <w:t>any given</w:t>
       </w:r>
       <w:r w:rsidR="0044296C" w:rsidRPr="00AC78B7">
         <w:t xml:space="preserve"> year </w:t>
       </w:r>
       <w:r w:rsidR="009D0168">
         <w:t>neither</w:t>
       </w:r>
       <w:r w:rsidR="0044296C">
         <w:t xml:space="preserve"> implie</w:t>
       </w:r>
       <w:r w:rsidR="009012F4">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="0044296C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009D0168">
@@ -766,54 +1329,66 @@
       <w:r w:rsidR="0044296C" w:rsidRPr="00AC78B7">
         <w:t xml:space="preserve"> guarantee</w:t>
       </w:r>
       <w:r w:rsidR="009012F4">
         <w:t xml:space="preserve">s </w:t>
       </w:r>
       <w:r w:rsidR="005C5F4E">
         <w:t xml:space="preserve">you will receive </w:t>
       </w:r>
       <w:r w:rsidR="009012F4">
         <w:t xml:space="preserve">funding in </w:t>
       </w:r>
       <w:r w:rsidR="009D32A7">
         <w:t xml:space="preserve">this or </w:t>
       </w:r>
       <w:r w:rsidR="003A1E0A">
         <w:t xml:space="preserve">any </w:t>
       </w:r>
       <w:r w:rsidR="009012F4">
         <w:t>future year</w:t>
       </w:r>
       <w:r w:rsidR="0044296C" w:rsidRPr="00AC78B7">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="230B7485" w14:textId="18E4FE5A" w:rsidR="00D56FBC" w:rsidRDefault="003E7B9B" w:rsidP="00D56FBC">
+    <w:p w14:paraId="230B7485" w14:textId="0626259F" w:rsidR="00D56FBC" w:rsidRDefault="003E7B9B" w:rsidP="00D56FBC">
       <w:bookmarkStart w:id="6" w:name="_Hlk129089572"/>
       <w:r w:rsidRPr="003E7B9B">
-        <w:t>Jobs, Economy and Trade</w:t>
+        <w:t>Jobs, Economy</w:t>
+      </w:r>
+      <w:r w:rsidR="009A7816">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="007F156C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E7B9B">
+        <w:t>Trade</w:t>
+      </w:r>
+      <w:r w:rsidR="009A7816">
+        <w:t xml:space="preserve"> and Immigration</w:t>
       </w:r>
       <w:r w:rsidR="00E724A9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002A2AF4">
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00EF59E6">
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidR="002A2AF4">
         <w:t>the Ministry</w:t>
       </w:r>
       <w:r w:rsidR="00EF59E6">
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidR="002A2AF4">
         <w:t xml:space="preserve">) will notify applicants about </w:t>
       </w:r>
       <w:r w:rsidR="00A63DC3">
         <w:t>the outcome of their application</w:t>
       </w:r>
       <w:r w:rsidR="002A2AF4" w:rsidRPr="00D56FBC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -846,82 +1421,106 @@
       </w:hyperlink>
       <w:r w:rsidR="0007676D">
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidR="0007676D" w:rsidRPr="007365FA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>non-public bodies</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0007676D">
         <w:t xml:space="preserve"> are available online</w:t>
       </w:r>
       <w:r w:rsidR="00D56FBC" w:rsidRPr="00D56FBC">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="002A2AF4" w:rsidRPr="001C2394">
         <w:t>Projects cannot start before both parties (the grant recipient and the Ministry) sign the grant agreement. Grant recipients must</w:t>
       </w:r>
       <w:r w:rsidR="002A2AF4">
         <w:t xml:space="preserve"> complete projects </w:t>
       </w:r>
       <w:r w:rsidR="001F49E1">
-        <w:t>within 12 months of the date the grant agreement is signed by both parties</w:t>
+        <w:t xml:space="preserve">within </w:t>
+      </w:r>
+      <w:r w:rsidR="00016D6A">
+        <w:t>24</w:t>
+      </w:r>
+      <w:r w:rsidR="001F49E1">
+        <w:t xml:space="preserve"> months of the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="001F49E1">
+        <w:t>datethe</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="001F49E1">
+        <w:t xml:space="preserve"> grant agreement is signed by both parties</w:t>
       </w:r>
       <w:r w:rsidR="002A2AF4">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="533D2687" w14:textId="77777777" w:rsidR="00CA0A11" w:rsidRPr="00D07E6B" w:rsidRDefault="00CA0A11" w:rsidP="00D07E6B">
       <w:pPr>
         <w:pStyle w:val="Section1"/>
       </w:pPr>
       <w:r w:rsidRPr="00D07E6B">
         <w:t>Evaluation</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6BFBF397" w14:textId="61DF0693" w:rsidR="002A2AF4" w:rsidRDefault="003E6D55" w:rsidP="002A2AF4">
       <w:r>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidRPr="003E6D55">
         <w:t xml:space="preserve">he Ministry </w:t>
       </w:r>
       <w:r w:rsidR="00FD3D77">
         <w:t>evalu</w:t>
       </w:r>
       <w:r w:rsidR="002A2AF4">
         <w:t>ates t</w:t>
       </w:r>
       <w:r w:rsidR="002A2AF4" w:rsidRPr="00D56FBC">
         <w:t xml:space="preserve">he information provided in </w:t>
       </w:r>
       <w:r w:rsidR="002A2AF4">
-        <w:t xml:space="preserve">each SPHIFR </w:t>
+        <w:t xml:space="preserve">each </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002A2AF4">
+        <w:t>SPHIFR</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002A2AF4">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002A2AF4" w:rsidRPr="00D56FBC">
         <w:t>application</w:t>
       </w:r>
       <w:r w:rsidR="002A2AF4">
         <w:t xml:space="preserve"> individually. If applicable, the Ministry will also consider publicly available</w:t>
       </w:r>
       <w:r w:rsidR="002A2AF4" w:rsidRPr="00D56FBC">
         <w:t xml:space="preserve"> information </w:t>
       </w:r>
       <w:r w:rsidR="002A2AF4">
         <w:t xml:space="preserve">(e.g., </w:t>
       </w:r>
       <w:r w:rsidR="002A2AF4" w:rsidRPr="00D56FBC">
         <w:t>websites</w:t>
       </w:r>
       <w:r w:rsidR="002A2AF4">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="002A2AF4" w:rsidRPr="00D56FBC">
         <w:t xml:space="preserve"> and previous grant performance with </w:t>
       </w:r>
       <w:r w:rsidRPr="003E6D55">
         <w:t xml:space="preserve">the Ministry </w:t>
       </w:r>
@@ -982,57 +1581,56 @@
       <w:r w:rsidRPr="0061148D">
         <w:t xml:space="preserve">incorporate </w:t>
       </w:r>
       <w:r w:rsidR="0044296C">
         <w:t xml:space="preserve">considerations </w:t>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
       <w:r w:rsidR="0044296C">
         <w:t xml:space="preserve">of </w:t>
       </w:r>
       <w:r w:rsidRPr="0061148D">
         <w:t xml:space="preserve">sex, gender, sexual orientation, ethnicity, indigenous perspectives, geography, faith, income, gender identity and gender expression. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:p w14:paraId="63CA2E7F" w14:textId="03F92E88" w:rsidR="00A028EE" w:rsidRPr="00A028EE" w:rsidRDefault="00A028EE" w:rsidP="00A028EE">
       <w:pPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:textAlignment w:val="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="21CCD8E4" w14:textId="77777777" w:rsidR="00A028EE" w:rsidRPr="00A028EE" w:rsidRDefault="00A028EE" w:rsidP="00412CE8"/>
-    <w:p w14:paraId="44E39DE7" w14:textId="3A91A145" w:rsidR="00D56FBC" w:rsidRDefault="003B7E9B" w:rsidP="004E31F2">
+    <w:p w14:paraId="44E39DE7" w14:textId="36C4A250" w:rsidR="00D56FBC" w:rsidRDefault="003B7E9B" w:rsidP="004E31F2">
       <w:pPr>
         <w:pStyle w:val="Section1"/>
         <w:spacing w:after="120"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Stream 2 (Applied </w:t>
       </w:r>
       <w:r w:rsidRPr="00550FA7">
         <w:t>Research</w:t>
       </w:r>
       <w:r>
         <w:t>) e</w:t>
       </w:r>
       <w:r w:rsidR="00966999">
         <w:t>ligibility criteria</w:t>
       </w:r>
       <w:r w:rsidR="00845E2B">
         <w:tab/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10538" w:type="dxa"/>
         <w:tblInd w:w="-8" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
@@ -1277,51 +1875,59 @@
               <w:pStyle w:val="TableData-LeftAlignInteriorTableChartGraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E31F2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Must not:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2ACCD47A" w14:textId="77777777" w:rsidR="00446134" w:rsidRPr="004E31F2" w:rsidRDefault="00446134" w:rsidP="004E31F2">
             <w:pPr>
               <w:pStyle w:val="Tablebullets1"/>
             </w:pPr>
             <w:r w:rsidRPr="004E31F2">
-              <w:t>Be a full-time employee of a Government of Alberta ministry.</w:t>
+              <w:t xml:space="preserve">Be a full-time employee of </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004E31F2">
+              <w:t>a Government</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004E31F2">
+              <w:t xml:space="preserve"> of Alberta ministry.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D0657F" w:rsidRPr="005042F8" w14:paraId="076E5B49" w14:textId="77777777" w:rsidTr="004E31F2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1898" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0EAE9F28" w14:textId="6799861D" w:rsidR="00D0657F" w:rsidRPr="004E31F2" w:rsidRDefault="00D0657F" w:rsidP="004E31F2">
             <w:pPr>
               <w:pStyle w:val="TableData-LeftAlignInteriorTableChartGraph"/>
               <w:ind w:left="90"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
@@ -1397,64 +2003,80 @@
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E31F2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Must:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="48BF168C" w14:textId="77777777" w:rsidR="00D0657F" w:rsidRPr="004E31F2" w:rsidRDefault="002872A1" w:rsidP="004E31F2">
             <w:pPr>
               <w:pStyle w:val="Tablebullets1"/>
             </w:pPr>
             <w:r w:rsidRPr="004E31F2">
               <w:t>Make</w:t>
             </w:r>
             <w:r w:rsidR="00D0657F" w:rsidRPr="004E31F2">
-              <w:t xml:space="preserve"> a significant contribution to the intellectual direction of the research or research-related activity.</w:t>
+              <w:t xml:space="preserve"> a significant contribution to the intellectual direction of </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00D0657F" w:rsidRPr="004E31F2">
+              <w:t>the research</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00D0657F" w:rsidRPr="004E31F2">
+              <w:t xml:space="preserve"> or research-related activity.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="65D0DB03" w14:textId="77777777" w:rsidR="00D0657F" w:rsidRPr="004E31F2" w:rsidRDefault="002872A1" w:rsidP="004E31F2">
             <w:pPr>
               <w:pStyle w:val="Tablebullets1"/>
               <w:spacing w:after="120"/>
               <w:ind w:left="201" w:hanging="187"/>
             </w:pPr>
             <w:r w:rsidRPr="004E31F2">
               <w:t>Play</w:t>
             </w:r>
             <w:r w:rsidR="00D0657F" w:rsidRPr="004E31F2">
-              <w:t xml:space="preserve"> a significant role in the conduct of the research or research-related activity.</w:t>
+              <w:t xml:space="preserve"> a significant role in the conduct of </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00D0657F" w:rsidRPr="004E31F2">
+              <w:t>the research</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00D0657F" w:rsidRPr="004E31F2">
+              <w:t xml:space="preserve"> or research-related activity.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="186F0059" w14:textId="77777777" w:rsidR="002751DB" w:rsidRPr="004E31F2" w:rsidRDefault="002872A1" w:rsidP="004E31F2">
             <w:pPr>
               <w:pStyle w:val="TableData-LeftAlignInteriorTableChartGraph"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E31F2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>May</w:t>
             </w:r>
             <w:r w:rsidR="00D0657F" w:rsidRPr="004E31F2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
@@ -1509,51 +2131,59 @@
               <w:pStyle w:val="TableData-LeftAlignInteriorTableChartGraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E31F2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Must not:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1C33B9DF" w14:textId="4C541167" w:rsidR="00D0657F" w:rsidRPr="005042F8" w:rsidRDefault="00283013" w:rsidP="004E31F2">
             <w:pPr>
               <w:pStyle w:val="Tablebullets1"/>
             </w:pPr>
             <w:r w:rsidRPr="004E31F2">
-              <w:t>Be a full-time employee of a Government of Alberta ministry</w:t>
+              <w:t xml:space="preserve">Be a full-time employee of </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004E31F2">
+              <w:t>a Government</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004E31F2">
+              <w:t xml:space="preserve"> of Alberta ministry</w:t>
             </w:r>
             <w:r w:rsidR="002751DB" w:rsidRPr="004E31F2">
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00446134" w:rsidRPr="005042F8" w14:paraId="7C3758BE" w14:textId="77777777" w:rsidTr="004E31F2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1898" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2FB0A6A2" w14:textId="77777777" w:rsidR="00446134" w:rsidRPr="004E31F2" w:rsidRDefault="00446134" w:rsidP="004E31F2">
             <w:pPr>
               <w:pStyle w:val="TableData-LeftAlignInteriorTableChartGraph"/>
               <w:ind w:left="90"/>
@@ -1591,77 +2221,90 @@
               <w:left w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="26F567A6" w14:textId="77777777" w:rsidR="00446134" w:rsidRPr="004E31F2" w:rsidRDefault="00446134" w:rsidP="00446134">
             <w:pPr>
               <w:pStyle w:val="TableData-LeftAlignInteriorTableChartGraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E31F2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Must:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2F961A21" w14:textId="7DD8BD47" w:rsidR="00446134" w:rsidRPr="004E31F2" w:rsidRDefault="00446134" w:rsidP="004E31F2">
+          <w:p w14:paraId="0E6CDD0F" w14:textId="051AF6E8" w:rsidR="00096A17" w:rsidRDefault="00096A17" w:rsidP="004E31F2">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullets1"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004E31F2">
+              <w:t xml:space="preserve">Be completed within </w:t>
+            </w:r>
+            <w:r>
+              <w:t>24</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E31F2">
+              <w:t xml:space="preserve"> months.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F961A21" w14:textId="0C254FA3" w:rsidR="00446134" w:rsidRPr="004E31F2" w:rsidRDefault="00446134" w:rsidP="004E31F2">
             <w:pPr>
               <w:pStyle w:val="Tablebullets1"/>
             </w:pPr>
             <w:r w:rsidRPr="004E31F2">
               <w:t xml:space="preserve">Generate evidence on prevention or intervention for </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="004346AB">
               <w:t>PTSI</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="004E31F2">
               <w:t xml:space="preserve"> in first responders</w:t>
             </w:r>
             <w:r w:rsidR="003C0C1C">
               <w:t xml:space="preserve"> and/or emergency workers</w:t>
             </w:r>
             <w:r w:rsidRPr="004E31F2">
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2C754120" w14:textId="77777777" w:rsidR="00446134" w:rsidRPr="004E31F2" w:rsidRDefault="00446134" w:rsidP="004E31F2">
+          <w:p w14:paraId="2C754120" w14:textId="3269AE74" w:rsidR="00446134" w:rsidRPr="004E31F2" w:rsidRDefault="00446134" w:rsidP="004E31F2">
             <w:pPr>
               <w:pStyle w:val="Tablebullets1"/>
             </w:pPr>
-            <w:r w:rsidRPr="004E31F2">
-[...1 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D1D4D3" w:themeFill="background2"/>
             <w:tcMar>
               <w:left w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="29503A00" w14:textId="77777777" w:rsidR="00446134" w:rsidRPr="004E31F2" w:rsidRDefault="00446134" w:rsidP="00446134">
             <w:pPr>
               <w:pStyle w:val="TableData-LeftAlignInteriorTableChartGraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -1702,53 +2345,55 @@
           </w:p>
           <w:p w14:paraId="40111903" w14:textId="502C6E9D" w:rsidR="00446134" w:rsidRPr="004E31F2" w:rsidRDefault="007F3068" w:rsidP="004E31F2">
             <w:pPr>
               <w:pStyle w:val="Tablebullets1"/>
             </w:pPr>
             <w:r>
               <w:t>A f</w:t>
             </w:r>
             <w:r w:rsidR="00446134" w:rsidRPr="004E31F2">
               <w:t xml:space="preserve">or-profit product development or endorsement. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="45470046" w14:textId="4812E297" w:rsidR="00446134" w:rsidRPr="004E31F2" w:rsidRDefault="00446134" w:rsidP="004E31F2">
             <w:pPr>
               <w:pStyle w:val="Tablebullets1"/>
             </w:pPr>
             <w:r w:rsidRPr="004E31F2">
               <w:t>Focused on general mental health or well</w:t>
             </w:r>
             <w:r w:rsidR="00F672D3">
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="004E31F2">
               <w:t xml:space="preserve">being without a clear focus on </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="004346AB">
               <w:t>PTSI</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="004E31F2">
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6AF96227" w14:textId="313BEFD9" w:rsidR="00E724A9" w:rsidRPr="004E31F2" w:rsidRDefault="00E724A9" w:rsidP="004E31F2">
             <w:pPr>
               <w:pStyle w:val="Tablebullets1"/>
             </w:pPr>
             <w:r w:rsidRPr="004E31F2">
               <w:t>Directed towards a provincial or federal agency, board or commission as the primary participant/</w:t>
             </w:r>
             <w:r w:rsidR="007C5B1C" w:rsidRPr="004E31F2">
               <w:t xml:space="preserve">sole </w:t>
             </w:r>
             <w:r w:rsidRPr="004E31F2">
               <w:t>audience or the direct beneficiary of the project deliverables</w:t>
             </w:r>
             <w:r w:rsidR="00676DDC">
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00446134" w:rsidRPr="005042F8" w14:paraId="5E20192D" w14:textId="77777777" w:rsidTr="004E31F2">
         <w:tc>
@@ -1822,125 +2467,145 @@
               </w:rPr>
               <w:t>Can fund:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="443E96A1" w14:textId="77777777" w:rsidR="00066EDD" w:rsidRDefault="00066EDD" w:rsidP="00066EDD">
             <w:pPr>
               <w:pStyle w:val="Tablebullets1"/>
             </w:pPr>
             <w:r w:rsidRPr="00E37F57">
               <w:t>Salaries and benefits for trainees and support staff only.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0E203F9B" w14:textId="0F2D346C" w:rsidR="00075102" w:rsidRDefault="00066EDD" w:rsidP="00066EDD">
             <w:pPr>
               <w:pStyle w:val="Tablebullets1"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Supplies that will be needed for the project. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0634CE9E" w14:textId="431CF2C9" w:rsidR="00075102" w:rsidRPr="005042F8" w:rsidRDefault="00075102" w:rsidP="00075102">
             <w:pPr>
               <w:pStyle w:val="Tablebullets1"/>
             </w:pPr>
             <w:r w:rsidRPr="00E37F57">
-              <w:t xml:space="preserve">Travel and subsistence costs directly related to and necessary to carry out the activities under the project. </w:t>
+              <w:t xml:space="preserve">Travel and subsistence costs </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E37F57">
+              <w:t>directly</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E37F57">
+              <w:t xml:space="preserve"> related to and necessary to carry out the activities under the project. </w:t>
             </w:r>
             <w:r w:rsidR="00F347BC">
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="00E37F57">
               <w:t xml:space="preserve">Travel and subsistence costs must comply with the </w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r w:rsidRPr="00E37F57">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>Government of Alberta Travel, meal and hospitality expenses policy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00E37F57">
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00F347BC">
               <w:t>)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="71AA8C1D" w14:textId="77777777" w:rsidR="00075102" w:rsidRDefault="00075102" w:rsidP="00066EDD">
             <w:pPr>
               <w:pStyle w:val="Tablebullets1"/>
             </w:pPr>
             <w:r>
               <w:t>Knowledge transfer activities.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="747FD5FD" w14:textId="245E4EE9" w:rsidR="00066EDD" w:rsidRDefault="00075102" w:rsidP="00066EDD">
             <w:pPr>
               <w:pStyle w:val="Tablebullets1"/>
             </w:pPr>
             <w:r>
               <w:t>Permanent equipment needed for the project.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7DA16962" w14:textId="77777777" w:rsidR="000364F1" w:rsidRDefault="000364F1" w:rsidP="004E31F2">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2A9FE5CE" w14:textId="21CE2D02" w:rsidR="00CF14BB" w:rsidRPr="005042F8" w:rsidRDefault="009B0020" w:rsidP="004E31F2">
             <w:r w:rsidRPr="004E31F2">
-              <w:lastRenderedPageBreak/>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00CF14BB" w:rsidRPr="004E31F2">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Note:</w:t>
             </w:r>
             <w:r w:rsidR="00CF14BB">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00CF14BB" w:rsidRPr="007A1703">
-              <w:t>If the project is partially funded by another organization, the principal applicant must clearly indicate what components will be funded by SPHIFR</w:t>
+              <w:t xml:space="preserve">If the project is partially funded by another organization, the principal applicant must clearly indicate what components will be funded by </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CF14BB" w:rsidRPr="007A1703">
+              <w:t>SPHIFR</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>in order</w:t>
             </w:r>
             <w:r w:rsidR="00CF14BB" w:rsidRPr="007A1703">
               <w:t xml:space="preserve"> to</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="00CF14BB" w:rsidRPr="007A1703">
-              <w:t xml:space="preserve"> avoid overlap.</w:t>
+              <w:t xml:space="preserve"> avoid </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00CF14BB" w:rsidRPr="007A1703">
+              <w:t>overlap</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00CF14BB" w:rsidRPr="007A1703">
+              <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D1D4D3" w:themeFill="background2"/>
             <w:tcMar>
               <w:left w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="533FD3F2" w14:textId="77777777" w:rsidR="00446134" w:rsidRPr="004E31F2" w:rsidRDefault="00446134" w:rsidP="00446134">
             <w:pPr>
               <w:pStyle w:val="TableData-LeftAlignInteriorTableChartGraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -2150,55 +2815,63 @@
       </w:r>
       <w:r w:rsidRPr="000F07AB">
         <w:t>information that exceeds a designated word limit.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="607F4533" w14:textId="35F6F9CE" w:rsidR="00D17350" w:rsidRDefault="00D17350" w:rsidP="00D17350">
       <w:r>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidRPr="00BA4DE2">
         <w:t xml:space="preserve">he Ministry may quote portions of </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">successful </w:t>
       </w:r>
       <w:r w:rsidRPr="00BA4DE2">
         <w:t>application</w:t>
       </w:r>
       <w:r>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00BA4DE2">
         <w:t xml:space="preserve"> in public communications, including on the </w:t>
       </w:r>
       <w:hyperlink r:id="rId16" w:anchor="jumplinks-5" w:history="1">
+        <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="00BA4DE2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>SPHIFR grant program</w:t>
+          <w:t>SPHIFR</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00BA4DE2">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> grant program</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t xml:space="preserve"> website</w:t>
       </w:r>
       <w:r w:rsidRPr="00BA4DE2">
         <w:t>. Do not include confidential information</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> in the form</w:t>
       </w:r>
       <w:r w:rsidRPr="00BA4DE2">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0BA92122" w14:textId="07AC9CD0" w:rsidR="00EF3E35" w:rsidRDefault="00673195" w:rsidP="00366D4C">
       <w:bookmarkStart w:id="10" w:name="_Toc72831565"/>
       <w:bookmarkEnd w:id="9"/>
       <w:r>
         <w:t>Use plain (</w:t>
       </w:r>
       <w:r w:rsidR="00B16ED8">
@@ -2327,55 +3000,60 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D97E85">
         <w:t xml:space="preserve">sections and </w:t>
       </w:r>
       <w:r>
         <w:t>fields</w:t>
       </w:r>
       <w:r w:rsidR="00D97E85">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> and the information that must be provided in them</w:t>
       </w:r>
       <w:r w:rsidR="00D97E85">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> are as follows:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="729908F3" w14:textId="77777777" w:rsidR="00471700" w:rsidRPr="00EF17ED" w:rsidRDefault="00471700" w:rsidP="004E31F2">
       <w:pPr>
         <w:pStyle w:val="Section2"/>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="70733188" w14:textId="3640ABE4" w:rsidR="00B16ED8" w:rsidRDefault="00471700" w:rsidP="004E31F2">
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>SPHIFR</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> stream selection </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70733188" w14:textId="1781094F" w:rsidR="00B16ED8" w:rsidRDefault="00471700" w:rsidP="004E31F2">
       <w:pPr>
         <w:spacing w:after="60"/>
       </w:pPr>
       <w:bookmarkStart w:id="12" w:name="_Hlk129089167"/>
       <w:r>
         <w:t>When you first open</w:t>
       </w:r>
       <w:r w:rsidRPr="00D56FBC">
         <w:t xml:space="preserve"> the grant </w:t>
       </w:r>
       <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidRPr="0043228E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>application form</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00D56FBC">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">you will need to </w:t>
       </w:r>
       <w:r w:rsidRPr="00D56FBC">
@@ -2756,110 +3434,121 @@
       <w:pPr>
         <w:pStyle w:val="Section2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
       </w:pPr>
       <w:bookmarkStart w:id="14" w:name="_Toc72831567"/>
       <w:r w:rsidRPr="003C0C1C">
         <w:t xml:space="preserve">Do you have a </w:t>
       </w:r>
       <w:r w:rsidR="00446134" w:rsidRPr="003C0C1C">
         <w:t>Co-</w:t>
       </w:r>
       <w:r w:rsidRPr="003C0C1C">
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="00446134" w:rsidRPr="003C0C1C">
         <w:t>pplicant</w:t>
       </w:r>
       <w:r w:rsidRPr="003C0C1C">
         <w:t>?</w:t>
       </w:r>
       <w:bookmarkEnd w:id="14"/>
     </w:p>
-    <w:p w14:paraId="7B31C255" w14:textId="46F3CA87" w:rsidR="00FE2344" w:rsidRDefault="00FE2344" w:rsidP="00FE2344">
+    <w:p w14:paraId="7B31C255" w14:textId="5F371228" w:rsidR="00FE2344" w:rsidRDefault="00FE2344" w:rsidP="00FE2344">
       <w:r>
         <w:t xml:space="preserve">Co-applicants </w:t>
       </w:r>
       <w:r w:rsidR="00D53A44">
         <w:t xml:space="preserve">not only </w:t>
       </w:r>
       <w:r>
-        <w:t>contribute to a project</w:t>
+        <w:t xml:space="preserve">contribute to a </w:t>
+      </w:r>
+      <w:r w:rsidR="00A50C79">
+        <w:t>project but</w:t>
       </w:r>
       <w:r w:rsidR="00D53A44">
-        <w:t>, but also</w:t>
+        <w:t xml:space="preserve"> also</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> have </w:t>
       </w:r>
       <w:r w:rsidR="00CD0EAD">
         <w:t>some shared (</w:t>
       </w:r>
       <w:r w:rsidR="00D53A44">
         <w:t xml:space="preserve">yet </w:t>
       </w:r>
       <w:r>
         <w:t>secondary</w:t>
       </w:r>
       <w:r w:rsidR="00CD0EAD">
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> responsibility for project outcomes. The Ministry assess</w:t>
       </w:r>
       <w:r w:rsidR="00CD0EAD">
         <w:t>es</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> co-applicant credentials as part of the application. Co-applicants must meet </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="00630A4C">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">ligibility </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>criteria</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> set out in the table above. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7A6F6A9D" w14:textId="2DADC4BA" w:rsidR="00446134" w:rsidRDefault="00446134" w:rsidP="00446134">
+        <w:t xml:space="preserve"> set out </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>in</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the table above. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A6F6A9D" w14:textId="5EC05FBF" w:rsidR="00446134" w:rsidRDefault="00446134" w:rsidP="00446134">
       <w:r w:rsidRPr="00446134">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">If you have </w:t>
       </w:r>
       <w:r w:rsidR="001625A3">
         <w:t>one or more</w:t>
       </w:r>
       <w:r w:rsidRPr="00446134">
         <w:t xml:space="preserve"> co-applicant</w:t>
       </w:r>
       <w:r w:rsidR="001625A3">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00446134">
         <w:t xml:space="preserve">, select </w:t>
       </w:r>
       <w:r w:rsidR="00771035">
         <w:t>“Y</w:t>
       </w:r>
       <w:r w:rsidRPr="00446134">
         <w:t>es</w:t>
       </w:r>
       <w:r w:rsidR="00771035">
         <w:t>”</w:t>
       </w:r>
@@ -2916,50 +3605,68 @@
       </w:r>
       <w:r w:rsidRPr="00446134">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00867BD8">
         <w:t>information for each separately by clicking</w:t>
       </w:r>
       <w:r w:rsidRPr="00446134">
         <w:t xml:space="preserve"> the </w:t>
       </w:r>
       <w:r w:rsidRPr="004E31F2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>(+) button</w:t>
       </w:r>
       <w:r w:rsidRPr="00446134">
         <w:t xml:space="preserve"> at the bottom</w:t>
       </w:r>
       <w:r w:rsidR="00771035">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00446134">
         <w:t xml:space="preserve">right side of the field. </w:t>
+      </w:r>
+      <w:r w:rsidR="00E62633" w:rsidRPr="00446134">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Word limit: </w:t>
+      </w:r>
+      <w:r w:rsidR="0082479A">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00E62633" w:rsidRPr="00446134">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>50</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="275F6A47" w14:textId="088E6BD8" w:rsidR="00774841" w:rsidRPr="00774841" w:rsidRDefault="00E06767" w:rsidP="00412CE8">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00057972">
         <w:rPr>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">Provide a résumé or </w:t>
       </w:r>
       <w:r w:rsidRPr="00FA58AA">
         <w:rPr>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>CV</w:t>
       </w:r>
       <w:r w:rsidR="00771035" w:rsidRPr="00FA58AA">
         <w:rPr>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
@@ -3033,53 +3740,55 @@
       </w:pPr>
       <w:r w:rsidRPr="003C0C1C">
         <w:t xml:space="preserve">Do you have a </w:t>
       </w:r>
       <w:r w:rsidR="002B2947" w:rsidRPr="003C0C1C">
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="00446134" w:rsidRPr="003C0C1C">
         <w:t xml:space="preserve">ollaborator </w:t>
       </w:r>
       <w:r w:rsidR="002B2947" w:rsidRPr="003C0C1C">
         <w:t xml:space="preserve">or </w:t>
       </w:r>
       <w:r w:rsidRPr="003C0C1C">
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="002B2947" w:rsidRPr="003C0C1C">
         <w:t>artner</w:t>
       </w:r>
       <w:bookmarkEnd w:id="15"/>
       <w:r w:rsidRPr="003C0C1C">
         <w:t>?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4EF2B8FB" w14:textId="3C03FC87" w:rsidR="00446134" w:rsidRPr="00446134" w:rsidRDefault="00941B1F" w:rsidP="00446134">
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>SPHIFR</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00446134" w:rsidRPr="00446134">
         <w:t xml:space="preserve"> define</w:t>
       </w:r>
       <w:r>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00446134" w:rsidRPr="00446134">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00446134" w:rsidRPr="004E31F2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>collaborators</w:t>
       </w:r>
       <w:r w:rsidR="00446134" w:rsidRPr="00446134">
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r w:rsidR="00446134" w:rsidRPr="004E31F2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>partners</w:t>
@@ -3188,60 +3897,55 @@
       </w:r>
       <w:r w:rsidR="002B69FD" w:rsidRPr="00446134">
         <w:t xml:space="preserve"> a post-secondary institution, a for-profit or not-for-profit organization, or a foundation. </w:t>
       </w:r>
       <w:r w:rsidR="002B69FD">
         <w:t>The</w:t>
       </w:r>
       <w:r w:rsidR="002B69FD" w:rsidRPr="00446134">
         <w:t xml:space="preserve"> partner</w:t>
       </w:r>
       <w:r w:rsidR="002B69FD">
         <w:t xml:space="preserve"> is expected to:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="270F74D5" w14:textId="77777777" w:rsidR="002B69FD" w:rsidRDefault="002B69FD" w:rsidP="004E31F2">
       <w:pPr>
         <w:pStyle w:val="Bullets1"/>
       </w:pPr>
       <w:r w:rsidRPr="00446134">
         <w:t xml:space="preserve">participate actively </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">as part of </w:t>
       </w:r>
       <w:r w:rsidRPr="00446134">
-        <w:t xml:space="preserve">a formal </w:t>
-[...3 lines deleted...]
-        <w:t>partnership</w:t>
+        <w:t>a formal partnership</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="39B49B80" w14:textId="3F762997" w:rsidR="002B69FD" w:rsidRDefault="002B69FD" w:rsidP="004E31F2">
       <w:pPr>
         <w:pStyle w:val="Bullets1"/>
       </w:pPr>
       <w:r w:rsidRPr="00446134">
         <w:t xml:space="preserve">contribute in a meaningful way to the success of the </w:t>
       </w:r>
       <w:r>
         <w:t>project; and</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0484837C" w14:textId="43F8BD0E" w:rsidR="002B69FD" w:rsidRPr="00446134" w:rsidRDefault="002B69FD" w:rsidP="004E31F2">
       <w:pPr>
         <w:pStyle w:val="Bullets1"/>
       </w:pPr>
       <w:r w:rsidRPr="00446134">
         <w:t xml:space="preserve">support the activities </w:t>
       </w:r>
       <w:r>
         <w:t>of the project</w:t>
       </w:r>
       <w:r w:rsidRPr="00446134">
         <w:t xml:space="preserve"> by sharing intellectual leadership or providing expertise.</w:t>
       </w:r>
@@ -3616,51 +4320,65 @@
         </w:rPr>
         <w:t>non-technical</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00446134" w:rsidRPr="00EA4087">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> language</w:t>
       </w:r>
       <w:r w:rsidR="00F0006A">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F0006A">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t>that will be understandable by a wide audience</w:t>
+        <w:t xml:space="preserve">that will be </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00F0006A">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>understandable</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00F0006A">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> by a wide audience</w:t>
       </w:r>
       <w:r w:rsidR="0059461A">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00571F12">
         <w:t>The Ministry may quote from the abstract in public communications about the project</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00446134" w:rsidRPr="00446134">
         <w:br/>
       </w:r>
       <w:r w:rsidR="00446134" w:rsidRPr="00446134">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Word limit: 250</w:t>
       </w:r>
       <w:r w:rsidR="00446134" w:rsidRPr="00446134">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D995AE5" w14:textId="5E05B6F2" w:rsidR="00446134" w:rsidRPr="00446134" w:rsidRDefault="00446134" w:rsidP="004E31F2">
       <w:pPr>
@@ -3763,89 +4481,96 @@
         <w:t xml:space="preserve">public communications. </w:t>
       </w:r>
       <w:r w:rsidR="00446134" w:rsidRPr="00446134">
         <w:br/>
       </w:r>
       <w:r w:rsidR="00446134" w:rsidRPr="00446134">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Word limit: 50 </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="107B79EF" w14:textId="77777777" w:rsidR="00412CE8" w:rsidRDefault="00412CE8" w:rsidP="00446134">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="10270A2E" w14:textId="77777777" w:rsidR="00412CE8" w:rsidRPr="00446134" w:rsidRDefault="00412CE8" w:rsidP="00446134"/>
     <w:p w14:paraId="133072D4" w14:textId="05621626" w:rsidR="00446134" w:rsidRPr="00446134" w:rsidRDefault="00446134" w:rsidP="004E31F2">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="20" w:name="_Toc72831573"/>
-      <w:r w:rsidRPr="00446134">
-        <w:t xml:space="preserve">SPHIFR </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00446134">
+        <w:t>SPHIFR</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00446134">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EF3E35">
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidRPr="00446134">
         <w:t xml:space="preserve">riority </w:t>
       </w:r>
       <w:r w:rsidR="00EF3E35">
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="00446134">
         <w:t>lignment</w:t>
       </w:r>
       <w:bookmarkEnd w:id="20"/>
     </w:p>
-    <w:p w14:paraId="46ECCE38" w14:textId="2EF55DF4" w:rsidR="003475A2" w:rsidRDefault="00446134" w:rsidP="004E31F2">
+    <w:p w14:paraId="46ECCE38" w14:textId="79DF8B74" w:rsidR="003475A2" w:rsidRDefault="00446134" w:rsidP="004E31F2">
       <w:r w:rsidRPr="00446134">
         <w:t xml:space="preserve">Explain how the proposed research will align with </w:t>
       </w:r>
       <w:r w:rsidR="001574D5">
         <w:t>the</w:t>
       </w:r>
       <w:r w:rsidR="00864F86">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000A7ACC">
         <w:t xml:space="preserve">goal </w:t>
       </w:r>
       <w:r w:rsidR="00864F86">
         <w:t>of</w:t>
       </w:r>
       <w:r w:rsidR="001574D5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00446134">
         <w:t>SPHIFR</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="001574D5">
         <w:t xml:space="preserve"> Stream 2</w:t>
       </w:r>
       <w:r w:rsidR="00864F86">
         <w:t>, which is</w:t>
       </w:r>
       <w:r w:rsidR="00D97E85">
         <w:t xml:space="preserve"> to </w:t>
       </w:r>
       <w:r w:rsidR="003475A2" w:rsidRPr="00D56FBC">
         <w:t xml:space="preserve">provide grants for </w:t>
       </w:r>
       <w:r w:rsidR="00C37DA9">
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidR="003475A2" w:rsidRPr="00D56FBC">
         <w:t xml:space="preserve">applied </w:t>
       </w:r>
       <w:r w:rsidR="003475A2" w:rsidRPr="00CF14BB">
         <w:t>research</w:t>
       </w:r>
       <w:r w:rsidR="003475A2" w:rsidRPr="00D56FBC">
         <w:t xml:space="preserve"> to develop </w:t>
       </w:r>
       <w:r w:rsidR="003475A2" w:rsidRPr="009B43F3">
@@ -3874,153 +4599,176 @@
       </w:r>
       <w:r w:rsidR="003475A2">
         <w:t>workers</w:t>
       </w:r>
       <w:r w:rsidR="003475A2" w:rsidRPr="00D56FBC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003475A2">
         <w:t>living with,</w:t>
       </w:r>
       <w:r w:rsidR="003475A2" w:rsidRPr="00D56FBC">
         <w:t xml:space="preserve"> or</w:t>
       </w:r>
       <w:r w:rsidR="003475A2">
         <w:t xml:space="preserve"> who are</w:t>
       </w:r>
       <w:r w:rsidR="003475A2" w:rsidRPr="00D56FBC">
         <w:t xml:space="preserve"> at risk of</w:t>
       </w:r>
       <w:r w:rsidR="003475A2">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="003475A2" w:rsidRPr="00D56FBC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="004346AB">
         <w:t>PTSI</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="003475A2" w:rsidRPr="00D56FBC">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="003475A2">
         <w:t>”</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76DD925B" w14:textId="618A237B" w:rsidR="00446134" w:rsidRPr="00446134" w:rsidRDefault="001574D5" w:rsidP="004E31F2">
       <w:r>
         <w:t>Describe how r</w:t>
       </w:r>
       <w:r w:rsidR="00446134" w:rsidRPr="00446134">
         <w:t xml:space="preserve">esearch results </w:t>
       </w:r>
       <w:r w:rsidR="00E83501">
         <w:t>will</w:t>
       </w:r>
       <w:r w:rsidR="00B16ED8">
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00446134" w:rsidRPr="00446134">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D44AFF6" w14:textId="24CAD7FC" w:rsidR="00446134" w:rsidRPr="00053DA9" w:rsidRDefault="00446134" w:rsidP="004E31F2">
       <w:pPr>
         <w:pStyle w:val="Bullets1"/>
       </w:pPr>
       <w:r w:rsidRPr="00053DA9">
         <w:t>impact Alberta first responders</w:t>
       </w:r>
       <w:r w:rsidR="005C3E2A">
         <w:t xml:space="preserve"> and/or emergency workers</w:t>
       </w:r>
       <w:r w:rsidRPr="00053DA9">
         <w:t xml:space="preserve"> living with</w:t>
       </w:r>
       <w:r w:rsidR="00053DA9">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00053DA9">
         <w:t xml:space="preserve"> or at risk of</w:t>
       </w:r>
       <w:r w:rsidR="00053DA9">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00053DA9">
-        <w:t xml:space="preserve"> PSTI</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00053DA9">
+        <w:t>PSTI</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00053DA9">
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidRPr="00053DA9">
         <w:t xml:space="preserve"> and/or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F1F306E" w14:textId="7CFF09E3" w:rsidR="00446134" w:rsidRDefault="00446134" w:rsidP="004E31F2">
       <w:pPr>
         <w:pStyle w:val="Bullets1"/>
         <w:spacing w:after="120"/>
       </w:pPr>
       <w:r w:rsidRPr="00053DA9">
         <w:t xml:space="preserve">inform policy and practices that will impact Alberta first responders </w:t>
       </w:r>
       <w:r w:rsidR="003C0C1C">
         <w:t xml:space="preserve">and/or emergency workers </w:t>
       </w:r>
       <w:r w:rsidRPr="00053DA9">
         <w:t>living with</w:t>
       </w:r>
       <w:r w:rsidR="00053DA9">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00053DA9">
         <w:t xml:space="preserve"> or at risk of</w:t>
       </w:r>
       <w:r w:rsidR="00053DA9">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00053DA9">
-        <w:t xml:space="preserve"> PSTI. </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00053DA9">
+        <w:t>PSTI</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00053DA9">
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="694D96F9" w14:textId="77777777" w:rsidR="00A24B7D" w:rsidRPr="00053DA9" w:rsidRDefault="00A24B7D" w:rsidP="00A24B7D">
       <w:pPr>
         <w:pStyle w:val="Bullets1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2A91D16A" w14:textId="5779C7E4" w:rsidR="001574D5" w:rsidRDefault="001574D5" w:rsidP="00E83501">
       <w:r>
         <w:t>Cite</w:t>
       </w:r>
       <w:r w:rsidR="00446134" w:rsidRPr="00446134">
-        <w:t xml:space="preserve"> evidence that supports a need for </w:t>
+        <w:t xml:space="preserve"> evidence that supports </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00446134" w:rsidRPr="00446134">
+        <w:t>a need</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00446134" w:rsidRPr="00446134">
+        <w:t xml:space="preserve"> for </w:t>
       </w:r>
       <w:r w:rsidR="007213D0">
         <w:t>your</w:t>
       </w:r>
       <w:r w:rsidR="00446134" w:rsidRPr="00446134">
         <w:t xml:space="preserve"> project. </w:t>
       </w:r>
       <w:r w:rsidR="00BA2386">
         <w:t>You can u</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">se </w:t>
       </w:r>
       <w:r w:rsidR="00B263B7">
         <w:t>whichever</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> c</w:t>
       </w:r>
       <w:r w:rsidR="00446134" w:rsidRPr="00446134">
         <w:t>itation style</w:t>
       </w:r>
       <w:r w:rsidR="00B263B7">
         <w:t xml:space="preserve"> you </w:t>
       </w:r>
@@ -4153,199 +4901,187 @@
       </w:r>
       <w:r w:rsidR="001574D5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00446134">
         <w:t xml:space="preserve">Explain the rationale behind the selected methods. </w:t>
       </w:r>
       <w:r w:rsidR="004C7B46">
         <w:t>Include</w:t>
       </w:r>
       <w:r w:rsidRPr="00446134">
         <w:t xml:space="preserve"> as applicable</w:t>
       </w:r>
       <w:r w:rsidR="004C7B46">
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00446134">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27D3224A" w14:textId="6BDD4695" w:rsidR="00446134" w:rsidRPr="00053DA9" w:rsidRDefault="00446134" w:rsidP="004E31F2">
       <w:pPr>
         <w:pStyle w:val="Bullets1"/>
       </w:pPr>
       <w:r w:rsidRPr="00053DA9">
-        <w:t xml:space="preserve">data collection methods and </w:t>
-[...3 lines deleted...]
-        <w:t>tools</w:t>
+        <w:t>data collection methods and tools</w:t>
       </w:r>
       <w:r w:rsidR="00DD5A03">
         <w:t>;</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00053DA9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69D74134" w14:textId="22E9B24C" w:rsidR="00446134" w:rsidRPr="00F11AC6" w:rsidRDefault="00446134" w:rsidP="004E31F2">
       <w:pPr>
         <w:pStyle w:val="Bullets1"/>
       </w:pPr>
       <w:r w:rsidRPr="00F11AC6">
-        <w:t xml:space="preserve">sampling </w:t>
-[...3 lines deleted...]
-        <w:t>frames</w:t>
+        <w:t>sampling frames</w:t>
       </w:r>
       <w:r w:rsidR="00DD5A03">
         <w:t>;</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00F11AC6">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01ED5D4F" w14:textId="7A69E44C" w:rsidR="00446134" w:rsidRPr="00F11AC6" w:rsidRDefault="00446134" w:rsidP="004E31F2">
       <w:pPr>
         <w:pStyle w:val="Bullets1"/>
       </w:pPr>
       <w:r w:rsidRPr="00F11AC6">
-        <w:t xml:space="preserve">sample </w:t>
-[...3 lines deleted...]
-        <w:t>sizes</w:t>
+        <w:t>sample sizes</w:t>
       </w:r>
       <w:r w:rsidR="00DD5A03">
         <w:t>;</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="0A214504" w14:textId="4B683DE1" w:rsidR="00446134" w:rsidRDefault="00446134" w:rsidP="004E31F2">
       <w:pPr>
         <w:pStyle w:val="Bullets1"/>
       </w:pPr>
       <w:r w:rsidRPr="00F11AC6">
-        <w:t xml:space="preserve">recruitment </w:t>
-[...3 lines deleted...]
-        <w:t>strategies</w:t>
+        <w:t>recruitment strategies</w:t>
       </w:r>
       <w:r w:rsidR="00DD5A03">
         <w:t>;</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="3CF832F2" w14:textId="10C9B725" w:rsidR="00A028EE" w:rsidRPr="00F11AC6" w:rsidRDefault="00A028EE" w:rsidP="004E31F2">
       <w:pPr>
         <w:pStyle w:val="Bullets1"/>
       </w:pPr>
       <w:r>
-        <w:t>evaluation framework and tools (e.g. performance metrics, logic models</w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>evaluation framework and tools (e.g. performance metrics, logic models);</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="39616F77" w14:textId="3A1C5FC5" w:rsidR="00446134" w:rsidRPr="00F11AC6" w:rsidRDefault="00446134" w:rsidP="004E31F2">
       <w:pPr>
         <w:pStyle w:val="Bullets1"/>
       </w:pPr>
       <w:r w:rsidRPr="00F11AC6">
         <w:t>statistical analyses</w:t>
       </w:r>
       <w:r w:rsidR="00DD5A03">
         <w:t>; and</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69FDFDDD" w14:textId="7FA85D79" w:rsidR="00446134" w:rsidRPr="00F11AC6" w:rsidRDefault="00446134" w:rsidP="004E31F2">
       <w:pPr>
         <w:pStyle w:val="Bullets1"/>
       </w:pPr>
       <w:r w:rsidRPr="00F11AC6">
         <w:t>limitations</w:t>
       </w:r>
       <w:r w:rsidR="00F11AC6">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E086BF1" w14:textId="37F131F8" w:rsidR="001574D5" w:rsidRDefault="00446134" w:rsidP="00D07E6B">
       <w:r w:rsidRPr="00446134">
         <w:t xml:space="preserve">If </w:t>
       </w:r>
       <w:r w:rsidR="00AE3ACA">
         <w:t>your</w:t>
       </w:r>
       <w:r w:rsidR="00AE3ACA" w:rsidRPr="00446134">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00446134">
         <w:t xml:space="preserve">project </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00AE3ACA">
         <w:t>will</w:t>
       </w:r>
       <w:r w:rsidRPr="00446134">
-        <w:t xml:space="preserve"> use administrative data, indicate the data source</w:t>
+        <w:t xml:space="preserve"> use</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00446134">
+        <w:t xml:space="preserve"> administrative data, indicate the data source</w:t>
       </w:r>
       <w:r w:rsidR="00AE3ACA">
         <w:t xml:space="preserve">. Explain </w:t>
       </w:r>
       <w:r w:rsidRPr="00446134">
         <w:t xml:space="preserve">how </w:t>
       </w:r>
       <w:r w:rsidR="001574D5">
         <w:t xml:space="preserve">you will access </w:t>
       </w:r>
       <w:r w:rsidRPr="00446134">
         <w:t xml:space="preserve">the data. </w:t>
       </w:r>
       <w:r w:rsidR="00AE3ACA" w:rsidRPr="004E31F2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Note</w:t>
       </w:r>
       <w:r w:rsidR="00F11AC6">
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00AE3ACA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F11AC6">
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidRPr="00446134">
-        <w:t xml:space="preserve">eceipt of a SPHIFR grant does not guarantee access to </w:t>
+        <w:t xml:space="preserve">eceipt of a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00446134">
+        <w:t>SPHIFR</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00446134">
+        <w:t xml:space="preserve"> grant does not guarantee access to </w:t>
       </w:r>
       <w:r w:rsidR="00F11AC6">
         <w:t>Ministry</w:t>
       </w:r>
       <w:r w:rsidR="00FB3E59">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00446134">
         <w:t xml:space="preserve">data. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3421D8DD" w14:textId="274DCA4B" w:rsidR="00AE3ACA" w:rsidRDefault="00AE3ACA" w:rsidP="00D07E6B">
       <w:r>
         <w:t>Provide any key tables, images</w:t>
       </w:r>
       <w:r w:rsidR="009C02CD">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> graphs</w:t>
       </w:r>
       <w:r w:rsidR="009C02CD">
         <w:t xml:space="preserve">, and cited references as additional attachments </w:t>
       </w:r>
       <w:r w:rsidR="00FC2814">
@@ -4412,86 +5148,130 @@
       </w:r>
       <w:r w:rsidR="004C7B46">
         <w:t xml:space="preserve">you </w:t>
       </w:r>
       <w:r w:rsidRPr="00446134">
         <w:t>provide in this section to assess the scientific rigor of the project design and methods.</w:t>
       </w:r>
       <w:r w:rsidR="00446134" w:rsidRPr="00446134">
         <w:br/>
       </w:r>
       <w:r w:rsidR="00446134" w:rsidRPr="00446134">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Word limit: 5,000</w:t>
       </w:r>
       <w:r w:rsidR="00446134" w:rsidRPr="00446134">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78AACA8C" w14:textId="75EBED7C" w:rsidR="00A028EE" w:rsidRPr="00446134" w:rsidRDefault="00A028EE" w:rsidP="00A028EE">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="00A028EE">
-        <w:t>Explain how your project builds capacity within first responders, emergency workers, or their supports, to prevent PTSI or lessen the severity of PTSI in workers following traumatic incidents.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="1CAD8787" w14:textId="3F55DD8B" w:rsidR="00774841" w:rsidRPr="00774841" w:rsidRDefault="005B1523" w:rsidP="00D07E6B">
+        <w:t xml:space="preserve">Explain how your project builds capacity within first responders, emergency workers, or their </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A028EE">
+        <w:t>supports</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A028EE">
+        <w:t xml:space="preserve">, to prevent </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A028EE">
+        <w:t>PTSI</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A028EE">
+        <w:t xml:space="preserve"> or lessen the severity of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A028EE">
+        <w:t>PTSI</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A028EE">
+        <w:t xml:space="preserve"> in workers following traumatic incidents.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CAD8787" w14:textId="37ACEB6A" w:rsidR="00774841" w:rsidRPr="00774841" w:rsidRDefault="005B1523" w:rsidP="00D07E6B">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="22" w:name="_Hlk189833088"/>
       <w:r>
         <w:t xml:space="preserve">Provide details on how the project considers ways to prepare first responders or emergency workers for traumatic events or prepare front-line supervisors and family members to support workers who experience traumatic events, </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>in order to</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> ultimately prevent or lessen the severity of PTSI among workers. </w:t>
+        <w:t xml:space="preserve"> ultimately prevent or lessen the severity of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>PTSI</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> among workers. </w:t>
       </w:r>
       <w:bookmarkEnd w:id="22"/>
       <w:r w:rsidR="00412CE8">
         <w:br/>
       </w:r>
       <w:r w:rsidR="00A028EE" w:rsidRPr="00446134">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Word limit: </w:t>
       </w:r>
       <w:r w:rsidR="00A028EE">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>30</w:t>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="0082479A">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00A028EE">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>0</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F5D5BC8" w14:textId="10E10624" w:rsidR="00446134" w:rsidRPr="00446134" w:rsidRDefault="00446134" w:rsidP="004E31F2">
       <w:pPr>
         <w:pStyle w:val="Section2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
       </w:pPr>
       <w:bookmarkStart w:id="23" w:name="_Toc72831575"/>
       <w:r w:rsidRPr="00446134">
         <w:t>Risk assessment</w:t>
       </w:r>
       <w:bookmarkEnd w:id="23"/>
     </w:p>
     <w:p w14:paraId="7E0F9182" w14:textId="2C6A7C8A" w:rsidR="00EF3E35" w:rsidRPr="00446134" w:rsidRDefault="00EF3E35" w:rsidP="00EF3E35">
       <w:r>
         <w:t>Complete the fields in this section as follows:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="364E1BD8" w14:textId="77777777" w:rsidR="00EF3E35" w:rsidRPr="00446134" w:rsidRDefault="00EF3E35" w:rsidP="00EF3E35">
       <w:pPr>
         <w:pStyle w:val="Bullets1"/>
       </w:pPr>
@@ -4602,94 +5382,101 @@
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidRPr="00446134">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>lan:</w:t>
       </w:r>
       <w:r w:rsidRPr="00446134">
         <w:t xml:space="preserve"> Describe the strategy or </w:t>
       </w:r>
       <w:r w:rsidRPr="00CA252B">
         <w:t>plan</w:t>
       </w:r>
       <w:r w:rsidRPr="00446134">
         <w:t xml:space="preserve"> to mitigate or minimize </w:t>
       </w:r>
       <w:r>
         <w:t>the potential risk.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10CD2C27" w14:textId="78825576" w:rsidR="00412CE8" w:rsidRDefault="009961E5" w:rsidP="00446134">
+    <w:p w14:paraId="10CD2C27" w14:textId="68E104F2" w:rsidR="00412CE8" w:rsidRDefault="009961E5" w:rsidP="00446134">
       <w:r>
         <w:t>Examples of p</w:t>
       </w:r>
       <w:r w:rsidR="00A21AEF">
         <w:t xml:space="preserve">otential risks </w:t>
       </w:r>
       <w:r w:rsidR="00446134" w:rsidRPr="00446134">
         <w:t>include</w:t>
       </w:r>
       <w:r w:rsidR="004E72D9">
-        <w:t xml:space="preserve"> lack of</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000176D4">
+        <w:t xml:space="preserve">research biases, </w:t>
+      </w:r>
+      <w:r w:rsidR="004E72D9">
+        <w:t>lack of</w:t>
       </w:r>
       <w:r w:rsidR="00446134" w:rsidRPr="00446134">
         <w:t xml:space="preserve"> cooperation from workplace parties, </w:t>
       </w:r>
       <w:r w:rsidR="004E72D9">
         <w:t xml:space="preserve">inadequate </w:t>
       </w:r>
       <w:r w:rsidR="00446134" w:rsidRPr="00446134">
         <w:t xml:space="preserve">participation of subjects, resource </w:t>
       </w:r>
       <w:r w:rsidR="004E72D9">
         <w:t>un</w:t>
       </w:r>
       <w:r w:rsidR="00446134" w:rsidRPr="00446134">
         <w:t xml:space="preserve">availability </w:t>
       </w:r>
       <w:r w:rsidR="00A21AEF">
         <w:t xml:space="preserve">or </w:t>
       </w:r>
       <w:r w:rsidR="00D93157">
         <w:t>delays</w:t>
       </w:r>
       <w:r w:rsidR="007D4D26">
         <w:t xml:space="preserve"> that</w:t>
       </w:r>
       <w:r w:rsidR="00D93157">
         <w:t xml:space="preserve"> could impact the timelines</w:t>
       </w:r>
       <w:r w:rsidR="00446134" w:rsidRPr="00446134">
         <w:t>.</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="205BC222" w14:textId="77777777" w:rsidR="009D1944" w:rsidRDefault="009D1944" w:rsidP="00446134"/>
     <w:p w14:paraId="52A67FCC" w14:textId="77777777" w:rsidR="00D07E6B" w:rsidRDefault="00446134" w:rsidP="00D07E6B">
       <w:r w:rsidRPr="00446134">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Example:</w:t>
       </w:r>
       <w:r w:rsidRPr="00446134">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38A1FF34" w14:textId="5BCC41F4" w:rsidR="00446134" w:rsidRDefault="00067919" w:rsidP="005D3A45">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00067919">
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:lang w:val="en-CA" w:eastAsia="en-CA"/>
         </w:rPr>
         <w:drawing>
@@ -4870,52 +5657,57 @@
         <w:t>Week 5</w:t>
       </w:r>
       <w:r w:rsidR="007A5842">
         <w:t>”, not “the first week of September”).</w:t>
       </w:r>
       <w:r w:rsidR="007A5842" w:rsidRPr="00AC78B7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46F86D21" w14:textId="7F53ABDF" w:rsidR="00A24B7D" w:rsidRDefault="00C71086" w:rsidP="00C71086">
       <w:r w:rsidRPr="00446134">
         <w:t xml:space="preserve">If </w:t>
       </w:r>
       <w:r>
         <w:t>your</w:t>
       </w:r>
       <w:r w:rsidRPr="00446134">
         <w:t xml:space="preserve"> project has multiple </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">research </w:t>
       </w:r>
       <w:r w:rsidRPr="00446134">
         <w:t xml:space="preserve">objectives, </w:t>
       </w:r>
-      <w:r>
-        <w:t>include milestones, timeframes and deliverables for each objective</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>include</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> milestones, timeframes and deliverables for each objective</w:t>
       </w:r>
       <w:r w:rsidRPr="00446134">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E1E4ECC" w14:textId="77777777" w:rsidR="00A24B7D" w:rsidRDefault="00A24B7D" w:rsidP="00A24B7D">
       <w:pPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidRPr="00446134">
         <w:rPr>
           <w:b/>
@@ -4991,66 +5783,72 @@
       </w:r>
       <w:r w:rsidRPr="007A1703">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">(+) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>button</w:t>
       </w:r>
       <w:r w:rsidRPr="00446134">
         <w:t xml:space="preserve"> at the bottom of the table</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> to add additional milestones</w:t>
       </w:r>
       <w:r w:rsidRPr="00446134">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="709BEEBC" w14:textId="78AC052D" w:rsidR="00A24B7D" w:rsidRDefault="00A24B7D" w:rsidP="00C71086">
+    <w:p w14:paraId="709BEEBC" w14:textId="5E5B656A" w:rsidR="00A24B7D" w:rsidRDefault="00A24B7D" w:rsidP="00C71086">
       <w:r w:rsidRPr="00E37F57">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Note</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="001C2394">
         <w:t>Projects cannot start before both parties (the grant recipient and the Ministry) sign the grant agreement.</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> Grant recipients must complete projects within 12 months of the date the grant agreement is signed. </w:t>
+        <w:t xml:space="preserve"> Grant recipients must complete projects within </w:t>
+      </w:r>
+      <w:r w:rsidR="003116E6">
+        <w:t>24</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> months of the date the grant agreement is signed. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5339E67D" w14:textId="77777777" w:rsidR="00A24B7D" w:rsidRPr="003C0C1C" w:rsidRDefault="00A24B7D" w:rsidP="00A24B7D">
       <w:pPr>
         <w:pStyle w:val="Section2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="003C0C1C">
         <w:t>Knowledge Transfer</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F4C190E" w14:textId="77777777" w:rsidR="00A24B7D" w:rsidRDefault="00A24B7D" w:rsidP="00A24B7D">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="00446134">
         <w:t xml:space="preserve">udiences and </w:t>
       </w:r>
       <w:r>
@@ -5117,80 +5915,83 @@
       <w:r w:rsidRPr="00446134">
         <w:t xml:space="preserve">. Describe how this project will </w:t>
       </w:r>
       <w:r>
         <w:t>transfer knowledge to</w:t>
       </w:r>
       <w:r w:rsidRPr="00446134">
         <w:t xml:space="preserve"> Alberta workers/workplaces </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r w:rsidRPr="00446134">
         <w:t xml:space="preserve">the research community. </w:t>
       </w:r>
       <w:r>
         <w:t>(This k</w:t>
       </w:r>
       <w:r w:rsidRPr="00446134">
         <w:t>nowledge transfer</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> can happen during</w:t>
       </w:r>
       <w:r w:rsidRPr="00446134">
-        <w:t xml:space="preserve"> the research project</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00446134">
+        <w:lastRenderedPageBreak/>
+        <w:t>the research project</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> or after it concludes</w:t>
       </w:r>
       <w:r w:rsidRPr="00446134">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00446134">
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00446134">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Word limit: 250</w:t>
       </w:r>
       <w:r w:rsidRPr="00446134">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B6F1004" w14:textId="77777777" w:rsidR="00A24B7D" w:rsidRPr="00446134" w:rsidRDefault="00A24B7D" w:rsidP="00A24B7D">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidRPr="00446134">
         <w:t xml:space="preserve">ools and </w:t>
       </w:r>
       <w:r>
         <w:t>M</w:t>
       </w:r>
       <w:r w:rsidRPr="00446134">
         <w:t>ethods</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7EC63F8B" w14:textId="77777777" w:rsidR="00A24B7D" w:rsidRDefault="00A24B7D" w:rsidP="00A24B7D">
       <w:r w:rsidRPr="00446134">
         <w:t>Describe the tools or methods you will use to involve or engage your audiences and end</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00446134">
         <w:t xml:space="preserve">users. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Some examples of tools </w:t>
       </w:r>
@@ -5244,158 +6045,161 @@
       <w:r w:rsidRPr="00446134">
         <w:t xml:space="preserve"> audience</w:t>
       </w:r>
       <w:r>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00446134">
         <w:t>/end</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00446134">
         <w:t xml:space="preserve">users and </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">expected </w:t>
       </w:r>
       <w:r w:rsidRPr="00446134">
         <w:t>research results</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62DEE4D4" w14:textId="7A4F9252" w:rsidR="00A24B7D" w:rsidRPr="00774841" w:rsidRDefault="00A24B7D" w:rsidP="00C71086">
+    <w:p w14:paraId="62DEE4D4" w14:textId="734E8519" w:rsidR="00A24B7D" w:rsidRPr="00774841" w:rsidRDefault="00A24B7D" w:rsidP="00C71086">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Your planned tools and methods must </w:t>
       </w:r>
       <w:r w:rsidRPr="00446134">
         <w:t xml:space="preserve">fit within the </w:t>
       </w:r>
-      <w:r>
-        <w:t xml:space="preserve">12-month grant </w:t>
+      <w:r w:rsidR="00911CE2">
+        <w:t>24</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">-month grant </w:t>
       </w:r>
       <w:r w:rsidRPr="00446134">
         <w:t>time</w:t>
       </w:r>
       <w:r>
         <w:t>line</w:t>
       </w:r>
       <w:r w:rsidRPr="00446134">
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">be included in your </w:t>
       </w:r>
       <w:r w:rsidRPr="00446134">
         <w:t xml:space="preserve">budget. </w:t>
       </w:r>
       <w:r w:rsidRPr="00446134">
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00446134">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Word limit: 250</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F6D7D36" w14:textId="7F3CE783" w:rsidR="00446134" w:rsidRPr="003C0C1C" w:rsidRDefault="00446134" w:rsidP="004E31F2">
       <w:pPr>
         <w:pStyle w:val="Section2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
       </w:pPr>
       <w:bookmarkStart w:id="24" w:name="_Toc72831578"/>
       <w:r w:rsidRPr="003C0C1C">
         <w:t>Budget</w:t>
       </w:r>
       <w:bookmarkEnd w:id="24"/>
     </w:p>
-    <w:p w14:paraId="2C797A6B" w14:textId="78D50465" w:rsidR="001804AA" w:rsidRDefault="007347AB">
+    <w:p w14:paraId="2C797A6B" w14:textId="2654F802" w:rsidR="001804AA" w:rsidRDefault="007347AB">
       <w:r>
         <w:t>Provide information about the anticipated budget for your program</w:t>
       </w:r>
       <w:r w:rsidR="0071461A">
         <w:t xml:space="preserve"> by entering the description and amount of each budget item</w:t>
       </w:r>
       <w:r w:rsidR="009E3715">
         <w:t xml:space="preserve"> in the appropriate subsection</w:t>
       </w:r>
       <w:r w:rsidR="0071461A">
         <w:t xml:space="preserve">, as well as </w:t>
       </w:r>
       <w:r w:rsidR="009E3715">
         <w:t xml:space="preserve">the general </w:t>
       </w:r>
       <w:r w:rsidR="0071461A">
         <w:t>details and rationale</w:t>
       </w:r>
       <w:r w:rsidR="009E3715">
         <w:t xml:space="preserve"> pertaining to each subsection’s budget</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="001804AA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>The budget</w:t>
       </w:r>
       <w:r w:rsidR="005650F7">
         <w:t xml:space="preserve"> items </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">you provide should </w:t>
       </w:r>
       <w:r w:rsidRPr="004E31F2">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>only</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001804AA">
         <w:t xml:space="preserve">occur within the </w:t>
       </w:r>
-      <w:r>
-        <w:t>12</w:t>
+      <w:r w:rsidR="00911CE2">
+        <w:t>24</w:t>
       </w:r>
       <w:r w:rsidR="00C53E3C">
         <w:t>-</w:t>
       </w:r>
       <w:r>
         <w:t>month</w:t>
       </w:r>
       <w:r w:rsidR="00F37271">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C53E3C">
         <w:t>grant timeline</w:t>
       </w:r>
       <w:r w:rsidRPr="00446134">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5498DB50" w14:textId="6E918A2A" w:rsidR="00446134" w:rsidRDefault="007347AB">
       <w:r w:rsidRPr="004E31F2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Note</w:t>
       </w:r>
@@ -5486,51 +6290,59 @@
       <w:r w:rsidR="00A71071">
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidR="00A71071" w:rsidRPr="00EC73B3">
         <w:t>nvestigator/</w:t>
       </w:r>
       <w:r w:rsidR="00A71071">
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00A71071" w:rsidRPr="00EC73B3">
         <w:t>pplicant’s salary or benefits are not eligible expenses</w:t>
       </w:r>
       <w:r w:rsidR="00A71071">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00446134" w:rsidRPr="00EC73B3">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00726E44">
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidR="00446134" w:rsidRPr="00EC73B3">
         <w:t xml:space="preserve">f </w:t>
       </w:r>
       <w:r w:rsidR="00B74990" w:rsidRPr="00EC73B3">
-        <w:t xml:space="preserve">you need to fund </w:t>
+        <w:t xml:space="preserve">you need </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00B74990" w:rsidRPr="00EC73B3">
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00B74990" w:rsidRPr="00EC73B3">
+        <w:t xml:space="preserve"> fund </w:t>
       </w:r>
       <w:r w:rsidR="00446134" w:rsidRPr="00EC73B3">
         <w:t>salaries</w:t>
       </w:r>
       <w:r w:rsidR="00E724A9" w:rsidRPr="00EC73B3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FB3E59" w:rsidRPr="00EC73B3">
         <w:t>for</w:t>
       </w:r>
       <w:r w:rsidR="00DF7E90">
         <w:t xml:space="preserve"> support staff who have</w:t>
       </w:r>
       <w:r w:rsidR="00FB3E59" w:rsidRPr="00EC73B3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E724A9" w:rsidRPr="00EC73B3">
         <w:t xml:space="preserve">specialized expertise required for the success of the project </w:t>
       </w:r>
       <w:r w:rsidR="00FB3E59" w:rsidRPr="00EC73B3">
         <w:t>(e</w:t>
       </w:r>
       <w:r w:rsidR="00E724A9" w:rsidRPr="00EC73B3">
         <w:t>.g. engineer, graphic designer, etc.)</w:t>
       </w:r>
@@ -5559,51 +6371,51 @@
       </w:r>
       <w:r w:rsidR="00446134" w:rsidRPr="00EC73B3">
         <w:t xml:space="preserve"> working </w:t>
       </w:r>
       <w:r w:rsidR="00446134" w:rsidRPr="00C70B7F">
         <w:t>outside</w:t>
       </w:r>
       <w:r w:rsidR="00446134" w:rsidRPr="00EC73B3">
         <w:t xml:space="preserve"> Alberta</w:t>
       </w:r>
       <w:r>
         <w:t>, specify that in the Description field</w:t>
       </w:r>
       <w:r w:rsidR="00446134" w:rsidRPr="00EC73B3">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A38B84A" w14:textId="7199836B" w:rsidR="00A33A88" w:rsidRDefault="00A33A88" w:rsidP="004E31F2">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Supplies</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B981799" w14:textId="30EFD002" w:rsidR="00CB2141" w:rsidRPr="00446134" w:rsidRDefault="00CB2141" w:rsidP="00CB2141">
+    <w:p w14:paraId="5B981799" w14:textId="30EFD002" w:rsidR="00CB2141" w:rsidRDefault="00CB2141" w:rsidP="00CB2141">
       <w:r>
         <w:t xml:space="preserve">Enter information and estimated costs for any supplies that will be needed for the project. </w:t>
       </w:r>
       <w:r w:rsidRPr="00446134">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="560EBF5E" w14:textId="289DA039" w:rsidR="00A33A88" w:rsidRDefault="00A33A88" w:rsidP="004E31F2">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Travel</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70C9F82F" w14:textId="55A98455" w:rsidR="00A33A88" w:rsidRDefault="00A33A88" w:rsidP="00A33A88">
       <w:r>
         <w:t>Enter</w:t>
       </w:r>
       <w:r w:rsidR="00963F77">
         <w:t xml:space="preserve"> information and estimated</w:t>
       </w:r>
       <w:r w:rsidR="0023327B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -5948,157 +6760,155 @@
       </w:r>
       <w:r w:rsidR="00A82C4B">
         <w:t xml:space="preserve">applied for </w:t>
       </w:r>
       <w:r w:rsidRPr="00446134">
         <w:t>additional research funding related to this project, identify</w:t>
       </w:r>
       <w:r w:rsidR="002751DB">
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01858AA9" w14:textId="7B4200C9" w:rsidR="002751DB" w:rsidRPr="00341653" w:rsidRDefault="00446134" w:rsidP="004E31F2">
       <w:pPr>
         <w:pStyle w:val="Bullets1"/>
       </w:pPr>
       <w:r w:rsidRPr="00446134">
         <w:t>the</w:t>
       </w:r>
       <w:r w:rsidR="002751DB">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002751DB" w:rsidRPr="00341653">
         <w:t>funding</w:t>
       </w:r>
       <w:r w:rsidRPr="00341653">
-        <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-        <w:t>source</w:t>
+        <w:t xml:space="preserve"> source</w:t>
       </w:r>
       <w:r w:rsidR="00C70B7F" w:rsidRPr="00341653">
         <w:t>;</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="7B251A1B" w14:textId="2E252059" w:rsidR="002751DB" w:rsidRPr="00CD3334" w:rsidRDefault="002751DB" w:rsidP="004E31F2">
       <w:pPr>
         <w:pStyle w:val="Bullets1"/>
       </w:pPr>
       <w:r w:rsidRPr="00CD3334">
         <w:t>if</w:t>
       </w:r>
       <w:r w:rsidR="00446134" w:rsidRPr="00CD3334">
         <w:t xml:space="preserve"> the funding has been received or is </w:t>
       </w:r>
       <w:r w:rsidR="00A82C4B" w:rsidRPr="00CD3334">
-        <w:t xml:space="preserve">pending </w:t>
-[...3 lines deleted...]
-        <w:t>review</w:t>
+        <w:t>pending review</w:t>
       </w:r>
       <w:r w:rsidR="00C70B7F" w:rsidRPr="00CD3334">
         <w:t>;</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="59677E29" w14:textId="41E6C206" w:rsidR="002751DB" w:rsidRPr="001F49E1" w:rsidRDefault="00446134" w:rsidP="004E31F2">
       <w:pPr>
         <w:pStyle w:val="Bullets1"/>
       </w:pPr>
       <w:r w:rsidRPr="001F49E1">
+        <w:lastRenderedPageBreak/>
         <w:t>who on the project team holds the funding</w:t>
       </w:r>
       <w:r w:rsidR="00C70B7F" w:rsidRPr="001F49E1">
         <w:t>; and</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="725FD61D" w14:textId="5261A5C2" w:rsidR="00446134" w:rsidRDefault="00446134" w:rsidP="004E31F2">
       <w:pPr>
         <w:pStyle w:val="Bullets1"/>
       </w:pPr>
       <w:r w:rsidRPr="00FD75D7">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="002751DB" w:rsidRPr="00FD75D7">
         <w:t>requested/</w:t>
       </w:r>
       <w:r w:rsidR="002751DB">
         <w:t xml:space="preserve">received </w:t>
       </w:r>
       <w:r w:rsidRPr="00446134">
         <w:t>funding amount</w:t>
       </w:r>
       <w:r w:rsidR="00C70B7F">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03D27E21" w14:textId="1A6651A9" w:rsidR="006E3BF8" w:rsidRPr="006E3BF8" w:rsidRDefault="006E3BF8" w:rsidP="006E3BF8">
       <w:pPr>
         <w:pStyle w:val="Bullets1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006E3BF8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Note:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10E4575B" w14:textId="00B97C7E" w:rsidR="006E3BF8" w:rsidRDefault="006E3BF8" w:rsidP="006E3BF8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Non-</w:t>
       </w:r>
       <w:r w:rsidR="00A24B7D">
         <w:t>p</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ublic </w:t>
       </w:r>
       <w:r w:rsidR="00A24B7D">
         <w:t>b</w:t>
       </w:r>
       <w:r>
-        <w:t>odies that receive a grant between $100,000.01 and $250,000.00, must provide a</w:t>
+        <w:t>odies that receive a grant between $100,000.01 and $</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>250,000.00,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> must provide a</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> Review Engagement Report</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22F800AC" w14:textId="77777777" w:rsidR="006E3BF8" w:rsidRDefault="006E3BF8" w:rsidP="006E3BF8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
@@ -6108,51 +6918,79 @@
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>The Review Engagement Report must be prepared by a third-party Chartered Professional Accountant who is not associated with your organization.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F3E8C52" w14:textId="77777777" w:rsidR="006E3BF8" w:rsidRDefault="006E3BF8" w:rsidP="006E3BF8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
-        <w:t>This report must have accompanying financial statements showing the grant income and expenditures (either as a separate statement or as a schedule attached to your organization’s overall unaudited financial statement) and the return of any unused funds, if applicable.</w:t>
+        <w:t xml:space="preserve">This report must have </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>accompanying</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> financial statements showing the grant income and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>expenditures</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (either as a separate statement or as a schedule attached to your organization’s overall unaudited financial statement) and the return of any unused funds, if applicable.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D99E45B" w14:textId="377ED06C" w:rsidR="006E3BF8" w:rsidRDefault="006E3BF8" w:rsidP="006E3BF8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">The report </w:t>
       </w:r>
       <w:r w:rsidR="00A24B7D">
         <w:rPr>
@@ -6176,97 +7014,119 @@
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>the funds were only used in accordance with the purpose of the grant.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53DA443C" w14:textId="77777777" w:rsidR="006E3BF8" w:rsidRDefault="006E3BF8" w:rsidP="006E3BF8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
-        <w:t>This report will be due 90 days after your organization’s fiscal year end.</w:t>
+        <w:t xml:space="preserve">This report will be due 90 days after your organization’s </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>fiscal year end</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77788F14" w14:textId="77777777" w:rsidR="006E3BF8" w:rsidRDefault="006E3BF8" w:rsidP="006E3BF8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>The cost of a Review Engagement Report must be included in your application budget.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6715F7F0" w14:textId="77777777" w:rsidR="006E3BF8" w:rsidRDefault="006E3BF8" w:rsidP="006E3BF8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="50D58DD3" w14:textId="7932E1DB" w:rsidR="006E3BF8" w:rsidRDefault="006E3BF8" w:rsidP="006E3BF8">
       <w:r>
         <w:t>Non-</w:t>
       </w:r>
       <w:r w:rsidR="00A24B7D">
         <w:t>p</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ublic </w:t>
       </w:r>
       <w:r w:rsidR="00A24B7D">
         <w:t>b</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">odies that receive a grant where the value is over $250,000.00, must provide an </w:t>
+        <w:t>odies that receive a grant where the value is over $</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>250,000.00,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> must provide an </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Audited Financial Statement</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BAEB71D" w14:textId="77777777" w:rsidR="006E3BF8" w:rsidRDefault="006E3BF8" w:rsidP="006E3BF8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
@@ -6520,101 +7380,82 @@
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="001C3962">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1216F290" w14:textId="77777777" w:rsidR="002C6D8B" w:rsidRPr="00F6327C" w:rsidRDefault="002C6D8B" w:rsidP="002C6D8B">
       <w:pPr>
         <w:pStyle w:val="Bullets1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Electronically sign the completed application PDF.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15644918" w14:textId="0608EA61" w:rsidR="002C6D8B" w:rsidRPr="00F6327C" w:rsidRDefault="002C6D8B" w:rsidP="002C6D8B">
+    <w:p w14:paraId="15644918" w14:textId="49D0C7AF" w:rsidR="002C6D8B" w:rsidRPr="00F6327C" w:rsidRDefault="00A81FD9" w:rsidP="002C6D8B">
       <w:pPr>
         <w:pStyle w:val="Bullets1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F6327C">
-[...22 lines deleted...]
-        <w:t xml:space="preserve"> an email addressed to </w:t>
+      <w:r>
+        <w:t>Submit your application to</w:t>
+      </w:r>
+      <w:r w:rsidR="002C6D8B" w:rsidRPr="00F6327C">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId23" w:history="1">
-        <w:r w:rsidRPr="00F6327C">
+        <w:r w:rsidR="002C6D8B" w:rsidRPr="00F6327C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>SPHIFR@gov.ab.ca</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidR="002C6D8B">
         <w:t>, with y</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F6327C">
+      <w:r w:rsidR="002C6D8B" w:rsidRPr="00F6327C">
         <w:t xml:space="preserve">our signed, completed application </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="002C6D8B">
         <w:t>PDF</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F6327C">
+      <w:r w:rsidR="002C6D8B" w:rsidRPr="00F6327C">
         <w:t xml:space="preserve"> attached.</w:t>
       </w:r>
       <w:r w:rsidR="008E29E5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008E29E5" w:rsidRPr="00B255B3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Do not remove this attached</w:t>
       </w:r>
       <w:r w:rsidR="008E29E5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> PDF</w:t>
       </w:r>
       <w:r w:rsidR="008E29E5" w:rsidRPr="00B255B3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> file from the email</w:t>
@@ -6687,51 +7528,59 @@
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29826A79" w14:textId="77777777" w:rsidR="002C6D8B" w:rsidRPr="00D067F6" w:rsidRDefault="002C6D8B" w:rsidP="002C6D8B">
       <w:pPr>
         <w:pStyle w:val="Bullets1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC78B7">
-        <w:t xml:space="preserve">end the email. </w:t>
+        <w:t xml:space="preserve">end </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AC78B7">
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AC78B7">
+        <w:t xml:space="preserve"> email. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B3B739C" w14:textId="77777777" w:rsidR="002C6D8B" w:rsidRDefault="002C6D8B" w:rsidP="002C6D8B">
       <w:pPr>
         <w:spacing w:before="240" w:after="60"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>– OR –</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02CEDE60" w14:textId="51D75D02" w:rsidR="002C6D8B" w:rsidRDefault="002C6D8B" w:rsidP="002C6D8B">
       <w:pPr>
         <w:spacing w:before="240" w:after="60"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -6739,92 +7588,76 @@
         </w:rPr>
         <w:t>Scan the signature page</w:t>
       </w:r>
       <w:r w:rsidRPr="001C3962">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E09C7FC" w14:textId="77777777" w:rsidR="00341653" w:rsidRPr="00F6327C" w:rsidRDefault="00341653" w:rsidP="00341653">
       <w:pPr>
         <w:pStyle w:val="Bullets1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00F6327C">
         <w:t xml:space="preserve">Print, sign and date the signature page. Scan the signature page and save it as </w:t>
       </w:r>
       <w:r>
         <w:t>a PDF file.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2849CA57" w14:textId="5A2CCB31" w:rsidR="00341653" w:rsidRPr="004E31F2" w:rsidRDefault="00341653" w:rsidP="00341653">
+    <w:p w14:paraId="2849CA57" w14:textId="21EA8A8C" w:rsidR="00341653" w:rsidRPr="004E31F2" w:rsidRDefault="00341653" w:rsidP="00341653">
       <w:pPr>
         <w:pStyle w:val="Bullets1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F6327C">
         <w:t xml:space="preserve">Return to your application </w:t>
       </w:r>
       <w:r>
         <w:t>PDF</w:t>
       </w:r>
       <w:r w:rsidRPr="00F6327C">
-        <w:t xml:space="preserve"> and click </w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve"> button</w:t>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="00D87EE8">
+        <w:t>submit via email to</w:t>
       </w:r>
       <w:r w:rsidRPr="00F6327C">
-        <w:t xml:space="preserve">. This will automatically </w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> an email addressed to </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId24" w:history="1">
         <w:r w:rsidRPr="001A5159">
           <w:rPr>
             <w:color w:val="0000FF" w:themeColor="hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>SPHIFR@gov.ab.ca</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>, with the</w:t>
       </w:r>
       <w:r w:rsidRPr="00F6327C">
         <w:t xml:space="preserve"> unsigned, completed application </w:t>
       </w:r>
       <w:r>
         <w:t>PDF</w:t>
       </w:r>
       <w:r w:rsidRPr="00F6327C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>file included as an attachment</w:t>
       </w:r>
@@ -6906,92 +7739,100 @@
       </w:r>
       <w:r w:rsidR="000C4647">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>below</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC78B7">
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
     <w:p w14:paraId="4E17EA2C" w14:textId="64CE3742" w:rsidR="00341653" w:rsidRDefault="00341653" w:rsidP="004E31F2">
       <w:pPr>
         <w:pStyle w:val="Bullets1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="120"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC78B7">
-        <w:t>Send the email</w:t>
+        <w:t xml:space="preserve">Send </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AC78B7">
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AC78B7">
+        <w:t xml:space="preserve"> email</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57D6760A" w14:textId="77777777" w:rsidR="00774841" w:rsidRDefault="00774841" w:rsidP="00774841">
       <w:pPr>
         <w:pStyle w:val="Bullets1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6808E33F" w14:textId="77777777" w:rsidR="00774841" w:rsidRPr="004E31F2" w:rsidRDefault="00774841" w:rsidP="00774841">
       <w:pPr>
         <w:pStyle w:val="Bullets1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="116E9F78" w14:textId="55850A15" w:rsidR="005A0503" w:rsidRPr="005A0503" w:rsidRDefault="005A0503" w:rsidP="004E31F2">
       <w:pPr>
         <w:pStyle w:val="Section1"/>
         <w:spacing w:before="240"/>
       </w:pPr>
       <w:bookmarkStart w:id="30" w:name="_Toc72831581"/>
       <w:r w:rsidRPr="003C0C1C">
+        <w:lastRenderedPageBreak/>
         <w:t>Application attachments</w:t>
       </w:r>
       <w:bookmarkEnd w:id="30"/>
     </w:p>
     <w:p w14:paraId="5BE87165" w14:textId="2B32C762" w:rsidR="005A0503" w:rsidRPr="005A0503" w:rsidRDefault="00D864D4" w:rsidP="005A0503">
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>You</w:t>
       </w:r>
       <w:r w:rsidR="00104AD0">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EE1359">
         <w:t>must</w:t>
       </w:r>
       <w:r w:rsidR="00104AD0">
         <w:t xml:space="preserve"> submit </w:t>
       </w:r>
       <w:r w:rsidR="000E6ED7">
         <w:t xml:space="preserve">any </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">applicable required documents </w:t>
       </w:r>
       <w:r w:rsidR="00B46088">
         <w:t>with your application</w:t>
       </w:r>
       <w:r w:rsidR="000E6ED7">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="005A0503" w:rsidRPr="005A0503">
         <w:t xml:space="preserve"> attached to </w:t>
@@ -7351,58 +8192,58 @@
         <w:pStyle w:val="Bullets1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="000A0261" w:rsidSect="00980109">
       <w:footerReference w:type="even" r:id="rId28"/>
       <w:footerReference w:type="default" r:id="rId29"/>
       <w:footerReference w:type="first" r:id="rId30"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="851" w:right="1080" w:bottom="720" w:left="1080" w:header="720" w:footer="525" w:gutter="0"/>
       <w:cols w:space="360"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="244AB4AA" w14:textId="77777777" w:rsidR="0020222A" w:rsidRDefault="0020222A" w:rsidP="00EB6203">
+    <w:p w14:paraId="07F04E84" w14:textId="77777777" w:rsidR="00087B38" w:rsidRDefault="00087B38" w:rsidP="00EB6203">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="15C889FA" w14:textId="77777777" w:rsidR="0020222A" w:rsidRDefault="0020222A" w:rsidP="00EB6203">
+    <w:p w14:paraId="21FBBD47" w14:textId="77777777" w:rsidR="00087B38" w:rsidRDefault="00087B38" w:rsidP="00EB6203">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
@@ -7419,50 +8260,57 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="HelveticaNeueLT Std">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000AF" w:usb1="4000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Malgun Gothic">
+    <w:panose1 w:val="020B0503020000020004"/>
+    <w:charset w:val="81"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="9000002F" w:usb1="29D77CFB" w:usb2="00000012" w:usb3="00000000" w:csb0="00080001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="HelveticaNeueLT Std Lt">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0403020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000AF" w:usb1="4000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="HelveticaNeueLT Std Med">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000AF" w:usb1="4000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Minion Pro">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
@@ -7567,52 +8415,51 @@
                               <w:szCs w:val="22"/>
                             </w:rPr>
                             <w:t>Classification: Public</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="254000" tIns="0" rIns="0" bIns="190500" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="5B11F9C7" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 5" o:spid="_x0000_s1026" type="#_x0000_t202" alt="Classification: Public" style="position:absolute;margin-left:0;margin-top:0;width:110.8pt;height:28.45pt;z-index:251677696;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA+Zm8KEwIAACIEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X2ynTbYZcYqsRYYB&#10;QVsgHXpWZCk2IImCpMTOfv0oOU62bqdhF5kmKX6897S467UiR+F8C6aixSSnRBgOdWv2Ff3+sv7w&#10;iRIfmKmZAiMqehKe3i3fv1t0thRTaEDVwhEsYnzZ2Yo2IdgyyzxvhGZ+AlYYDEpwmgX8dfusdqzD&#10;6lpl0zyfZx242jrgwnv0PgxBukz1pRQ8PEnpRSCqojhbSKdL5y6e2XLByr1jtmn5eQz2D1No1hps&#10;ein1wAIjB9f+UUq33IEHGSYcdAZStlykHXCbIn+zzbZhVqRdEBxvLzD5/1eWPx639tmR0H+BHgmM&#10;gHTWlx6dcZ9eOh2/OCnBOEJ4usAm+kB4vHSbfyzmGOIYu5kXN8Uslsmut63z4asATaJRUYe0JLTY&#10;cePDkDqmxGYG1q1SiRplfnNgzejJriNGK/S7nrR1Rafj+DuoT7iVg4Fwb/m6xdYb5sMzc8gwTouq&#10;DU94SAVdReFsUdKA+/E3f8xH4DFKSYeKqahBSVOivhkkZDq7zfOosPSHhhuNXTKKz/ksxs1B3wOK&#10;scB3YXkyY3JQoykd6FcU9Sp2wxAzHHtWdDea92HQLz4KLlarlIRisixszNbyWDpiFgF96V+Zs2fU&#10;A/L1CKOmWPkG/CE33vR2dQhIQWIm4jugeYYdhZi4PT+aqPRf/1PW9WkvfwIAAP//AwBQSwMEFAAG&#10;AAgAAAAhACGCNMvaAAAABAEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1lbhRp5Gw&#10;II1TVfyJKykSHJ14G0eN1yF22/D2LFzgstJoRjPflpvZD+KEU+wDaVgtMxBIbbA9dRredk/XtyBi&#10;MmTNEAg1fGGETXV5UZrChjO94qlOneASioXR4FIaCylj69CbuAwjEnv7MHmTWE6dtJM5c7kfZJ5l&#10;SnrTEy84M+K9w/ZQH70G9fC8deO7+vjc5/ElNuGQ6vCo9dVi3q5BJJzTXxh+8BkdKmZqwpFsFIMG&#10;fiT9XvbyfKVANBpu1B3IqpT/4atvAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAD5mbwoT&#10;AgAAIgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhACGC&#10;NMvaAAAABAEAAA8AAAAAAAAAAAAAAAAAbQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AAB0BQAAAAA=&#10;" filled="f" stroked="f">
-              <v:fill o:detectmouseclick="t"/>
+            <v:shape id="Text Box 5" o:spid="_x0000_s1026" type="#_x0000_t202" alt="Classification: Public" style="position:absolute;margin-left:0;margin-top:0;width:110.8pt;height:28.45pt;z-index:251677696;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQApurL/DwIAABsEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L7bTJtuMOEXWIsOA&#10;oC2QDj0rshQbkERBUmJnXz9KdpKt22nYRaZJ6pF8fFrc9VqRo3C+BVPRYpJTIgyHujX7in5/WX/4&#10;RIkPzNRMgREVPQlP75bv3y06W4opNKBq4QiCGF92tqJNCLbMMs8boZmfgBUGgxKcZgF/3T6rHesQ&#10;XatsmufzrANXWwdceI/ehyFIlwlfSsHDk5ReBKIqir2FdLp07uKZLRes3Dtmm5aPbbB/6EKz1mDR&#10;C9QDC4wcXPsHlG65Aw8yTDjoDKRsuUgz4DRF/maabcOsSLMgOd5eaPL/D5Y/Hrf22ZHQf4EeFxgJ&#10;6awvPTrjPL10On6xU4JxpPB0oU30gfB46Tb/WMwxxDF2My9uilmEya63rfPhqwBNolFRh2tJbLHj&#10;xoch9ZwSixlYt0ql1SjzmwMxoye7thit0O/6se8d1Cccx8GwaW/5usWaG+bDM3O4WmwT5Rqe8JAK&#10;uorCaFHSgPvxN3/MR8YxSkmHUqmoQS1Tor4Z3MR0dpvnUVrpDw13NnbJKD7nsxg3B30PqMICH4Tl&#10;yYzJQZ1N6UC/oppXsRqGmOFYs6K7s3kfBuHia+BitUpJqCLLwsZsLY/QkazI5Ev/ypwd6Q64qEc4&#10;i4mVb1gfcuNNb1eHgNynlURiBzZHvlGBaanja4kS//U/ZV3f9PInAAAA//8DAFBLAwQUAAYACAAA&#10;ACEAIYI0y9oAAAAEAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7WVuFGnkbAgjVNV&#10;/IkrKRIcnXgbR43XIXbb8PYsXOCy0mhGM9+Wm9kP4oRT7ANpWC0zEEhtsD11Gt52T9e3IGIyZM0Q&#10;CDV8YYRNdXlRmsKGM73iqU6d4BKKhdHgUhoLKWPr0Ju4DCMSe/sweZNYTp20kzlzuR9knmVKetMT&#10;Lzgz4r3D9lAfvQb18Lx147v6+Nzn8SU24ZDq8Kj11WLerkEknNNfGH7wGR0qZmrCkWwUgwZ+JP1e&#10;9vJ8pUA0Gm7UHciqlP/hq28AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAKbqy/w8CAAAb&#10;BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAIYI0y9oA&#10;AAAEAQAADwAAAAAAAAAAAAAAAABpBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHAF&#10;AAAAAA==&#10;" filled="f" stroked="f">
               <v:textbox style="mso-fit-shape-to-text:t" inset="20pt,0,0,15pt">
                 <w:txbxContent>
                   <w:p w14:paraId="5B904C95" w14:textId="49D6E145" w:rsidR="00484731" w:rsidRPr="00484731" w:rsidRDefault="00484731" w:rsidP="00484731">
                     <w:pPr>
                       <w:spacing w:after="0"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:noProof/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="22"/>
                         <w:szCs w:val="22"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00484731">
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:noProof/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="22"/>
                         <w:szCs w:val="22"/>
                       </w:rPr>
                       <w:t>Classification: Public</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
@@ -7724,51 +8571,51 @@
       <w:t>ipsusciam</w:t>
     </w:r>
     <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidR="00B76736" w:rsidRPr="006E5BE4">
       <w:rPr>
         <w:rStyle w:val="Footer-Roman"/>
         <w:b w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:proofErr w:type="spellStart"/>
     <w:r w:rsidR="00B76736" w:rsidRPr="006E5BE4">
       <w:rPr>
         <w:rStyle w:val="Footer-Roman"/>
         <w:b w:val="0"/>
       </w:rPr>
       <w:t>quae</w:t>
     </w:r>
     <w:proofErr w:type="spellEnd"/>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="5574A1A6" w14:textId="709C3497" w:rsidR="00412CE8" w:rsidRPr="00C5602B" w:rsidRDefault="00484731" w:rsidP="00C5602B">
+  <w:p w14:paraId="5574A1A6" w14:textId="3E00167D" w:rsidR="00412CE8" w:rsidRPr="00C5602B" w:rsidRDefault="00484731" w:rsidP="00C5602B">
     <w:pPr>
       <w:pStyle w:val="Calltoaction"/>
       <w:rPr>
         <w:rStyle w:val="CalltoactionChar1"/>
         <w:b/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:bCs w:val="0"/>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251678720" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="339A7A7E" wp14:editId="6A216190">
               <wp:simplePos x="685800" y="8788400"/>
               <wp:positionH relativeFrom="page">
                 <wp:align>left</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:align>bottom</wp:align>
               </wp:positionV>
               <wp:extent cx="1407160" cy="361315"/>
               <wp:effectExtent l="0" t="0" r="2540" b="0"/>
@@ -7820,96 +8667,107 @@
                               <w:szCs w:val="22"/>
                             </w:rPr>
                             <w:t>Classification: Public</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="254000" tIns="0" rIns="0" bIns="190500" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="339A7A7E" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 6" o:spid="_x0000_s1027" type="#_x0000_t202" alt="Classification: Public" style="position:absolute;margin-left:0;margin-top:0;width:110.8pt;height:28.45pt;z-index:251678720;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQApurL/DwIAABsEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L7bTJtuMOEXWIsOA&#10;oC2QDj0rshQbkERBUmJnXz9KdpKt22nYRaZJ6pF8fFrc9VqRo3C+BVPRYpJTIgyHujX7in5/WX/4&#10;RIkPzNRMgREVPQlP75bv3y06W4opNKBq4QiCGF92tqJNCLbMMs8boZmfgBUGgxKcZgF/3T6rHesQ&#10;XatsmufzrANXWwdceI/ehyFIlwlfSsHDk5ReBKIqir2FdLp07uKZLRes3Dtmm5aPbbB/6EKz1mDR&#10;C9QDC4wcXPsHlG65Aw8yTDjoDKRsuUgz4DRF/maabcOsSLMgOd5eaPL/D5Y/Hrf22ZHQf4EeFxgJ&#10;6awvPTrjPL10On6xU4JxpPB0oU30gfB46Tb/WMwxxDF2My9uilmEya63rfPhqwBNolFRh2tJbLHj&#10;xoch9ZwSixlYt0ql1SjzmwMxoye7thit0O/6se8d1Cccx8GwaW/5usWaG+bDM3O4WmwT5Rqe8JAK&#10;uorCaFHSgPvxN3/MR8YxSkmHUqmoQS1Tor4Z3MR0dpvnUVrpDw13NnbJKD7nsxg3B30PqMICH4Tl&#10;yYzJQZ1N6UC/oppXsRqGmOFYs6K7s3kfBuHia+BitUpJqCLLwsZsLY/QkazI5Ev/ypwd6Q64qEc4&#10;i4mVb1gfcuNNb1eHgNynlURiBzZHvlGBaanja4kS//U/ZV3f9PInAAAA//8DAFBLAwQUAAYACAAA&#10;ACEAIYI0y9oAAAAEAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7WVuFGnkbAgjVNV&#10;/IkrKRIcnXgbR43XIXbb8PYsXOCy0mhGM9+Wm9kP4oRT7ANpWC0zEEhtsD11Gt52T9e3IGIyZM0Q&#10;CDV8YYRNdXlRmsKGM73iqU6d4BKKhdHgUhoLKWPr0Ju4DCMSe/sweZNYTp20kzlzuR9knmVKetMT&#10;Lzgz4r3D9lAfvQb18Lx147v6+Nzn8SU24ZDq8Kj11WLerkEknNNfGH7wGR0qZmrCkWwUgwZ+JP1e&#10;9vJ8pUA0Gm7UHciqlP/hq28AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAKbqy/w8CAAAb&#10;BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAIYI0y9oA&#10;AAAEAQAADwAAAAAAAAAAAAAAAABpBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHAF&#10;AAAAAA==&#10;" filled="f" stroked="f">
-              <v:fill o:detectmouseclick="t"/>
+            <v:shape id="Text Box 6" o:spid="_x0000_s1027" type="#_x0000_t202" alt="Classification: Public" style="position:absolute;margin-left:0;margin-top:0;width:110.8pt;height:28.45pt;z-index:251678720;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBv8JxIEQIAACIEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815Kc2E0Fy4GbwEUB&#10;IwngFDnTFGkJILkESVtyv75Lyo807SnIhVrtLvcxM5zd9lqRvXC+BVPRYpRTIgyHujXbiv56Xn65&#10;ocQHZmqmwIiKHoSnt/PPn2adLcUYGlC1cASLGF92tqJNCLbMMs8boZkfgRUGgxKcZgF/3TarHeuw&#10;ulbZOM+nWQeutg648B6990OQzlN9KQUPj1J6EYiqKM4W0unSuYlnNp+xcuuYbVp+HIO9YwrNWoNN&#10;z6XuWWBk59p/SumWO/Agw4iDzkDKlou0A25T5G+2WTfMirQLguPtGSb/cWX5w35tnxwJ/XfokcAI&#10;SGd96dEZ9+ml0/GLkxKMI4SHM2yiD4THS9f512KKIY6xq2lxVUximexy2zoffgjQJBoVdUhLQovt&#10;Vz4MqaeU2MzAslUqUaPMXw6sGT3ZZcRohX7Tk7Z+Nf4G6gNu5WAg3Fu+bLH1ivnwxBwyjNOiasMj&#10;HlJBV1E4WpQ04H7/zx/zEXiMUtKhYipqUNKUqJ8GCRlPrvM8Kiz9oeFOxiYZxbd8EuNmp+8AxVjg&#10;u7A8mTE5qJMpHegXFPUidsMQMxx7VnRzMu/CoF98FFwsFikJxWRZWJm15bF0xCwC+ty/MGePqAfk&#10;6wFOmmLlG/CH3HjT28UuIAWJmYjvgOYRdhRi4vb4aKLSX/+nrMvTnv8BAAD//wMAUEsDBBQABgAI&#10;AAAAIQAhgjTL2gAAAAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtZW4UaeRsCCN&#10;U1X8iSspEhydeBtHjdchdtvw9ixc4LLSaEYz35ab2Q/ihFPsA2lYLTMQSG2wPXUa3nZP17cgYjJk&#10;zRAINXxhhE11eVGawoYzveKpTp3gEoqF0eBSGgspY+vQm7gMIxJ7+zB5k1hOnbSTOXO5H2SeZUp6&#10;0xMvODPivcP2UB+9BvXwvHXju/r43OfxJTbhkOrwqPXVYt6uQSSc018YfvAZHSpmasKRbBSDBn4k&#10;/V728nylQDQabtQdyKqU/+GrbwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAA&#10;AJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBv8JxIEQIA&#10;ACIEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAhgjTL&#10;2gAAAAQBAAAPAAAAAAAAAAAAAAAAAGsEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA&#10;cgUAAAAA&#10;" filled="f" stroked="f">
               <v:textbox style="mso-fit-shape-to-text:t" inset="20pt,0,0,15pt">
                 <w:txbxContent>
                   <w:p w14:paraId="42D185CF" w14:textId="7B073415" w:rsidR="00484731" w:rsidRPr="00484731" w:rsidRDefault="00484731" w:rsidP="00484731">
                     <w:pPr>
                       <w:spacing w:after="0"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:noProof/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="22"/>
                         <w:szCs w:val="22"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00484731">
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:noProof/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="22"/>
                         <w:szCs w:val="22"/>
                       </w:rPr>
                       <w:t>Classification: Public</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00412CE8" w:rsidRPr="00C5602B">
       <w:rPr>
         <w:rStyle w:val="CalltoactionChar1"/>
         <w:b/>
       </w:rPr>
       <w:t xml:space="preserve">Supporting Psychological Health in First Responders </w:t>
     </w:r>
     <w:r w:rsidR="00412CE8" w:rsidRPr="00C5602B">
-      <w:t>| 2025/6 Application instructions: Stream 2 – Applied Research</w:t>
+      <w:t>| 202</w:t>
+    </w:r>
+    <w:r w:rsidR="003116E6">
+      <w:t>6</w:t>
+    </w:r>
+    <w:r w:rsidR="00412CE8" w:rsidRPr="00C5602B">
+      <w:t>/</w:t>
+    </w:r>
+    <w:r w:rsidR="003116E6">
+      <w:t>27</w:t>
+    </w:r>
+    <w:r w:rsidR="00412CE8" w:rsidRPr="00C5602B">
+      <w:t xml:space="preserve"> Application instructions: Stream 2 – Applied Research</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="766A2FCC" w14:textId="5F7AAA3B" w:rsidR="00412CE8" w:rsidRPr="00D3617B" w:rsidRDefault="00412CE8" w:rsidP="00412CE8">
+  <w:p w14:paraId="766A2FCC" w14:textId="266EA9DE" w:rsidR="00412CE8" w:rsidRPr="00D3617B" w:rsidRDefault="00412CE8" w:rsidP="00412CE8">
     <w:pPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="0000551D">
       <w:rPr>
         <w:rStyle w:val="CalltoactionChar1"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251675648" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="62B8A4C9" wp14:editId="4F7387A3">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>5104790</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>9319489</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1143000" cy="320040"/>
           <wp:effectExtent l="0" t="0" r="0" b="3810"/>
           <wp:wrapNone/>
@@ -7964,99 +8822,99 @@
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="0000551D">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="0000551D">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> DATE  \@ "yyyy"  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="0000551D">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="003131BC">
+    <w:r w:rsidR="001674A4">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>2025</w:t>
+      <w:t>2026</w:t>
     </w:r>
     <w:r w:rsidRPr="0000551D">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="0000551D">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> Government of Alberta  |  </w:t>
     </w:r>
     <w:r w:rsidRPr="000E6353">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Updated </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">March </w:t>
     </w:r>
     <w:r w:rsidRPr="000E6353">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>202</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00E06864">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidRPr="0000551D">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> |  </w:t>
     </w:r>
     <w:hyperlink r:id="rId2" w:history="1">
       <w:r w:rsidRPr="00412CE8">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>GRT002</w:t>
       </w:r>
     </w:hyperlink>
     <w:r w:rsidRPr="0000551D">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
@@ -8186,109 +9044,108 @@
                               <w:szCs w:val="22"/>
                             </w:rPr>
                             <w:t>Classification: Public</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="254000" tIns="0" rIns="0" bIns="190500" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="38681B35" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 4" o:spid="_x0000_s1028" type="#_x0000_t202" alt="Classification: Public" style="position:absolute;margin-left:0;margin-top:0;width:110.8pt;height:28.45pt;z-index:251676672;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBv8JxIEQIAACIEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815Kc2E0Fy4GbwEUB&#10;IwngFDnTFGkJILkESVtyv75Lyo807SnIhVrtLvcxM5zd9lqRvXC+BVPRYpRTIgyHujXbiv56Xn65&#10;ocQHZmqmwIiKHoSnt/PPn2adLcUYGlC1cASLGF92tqJNCLbMMs8boZkfgRUGgxKcZgF/3TarHeuw&#10;ulbZOM+nWQeutg648B6990OQzlN9KQUPj1J6EYiqKM4W0unSuYlnNp+xcuuYbVp+HIO9YwrNWoNN&#10;z6XuWWBk59p/SumWO/Agw4iDzkDKlou0A25T5G+2WTfMirQLguPtGSb/cWX5w35tnxwJ/XfokcAI&#10;SGd96dEZ9+ml0/GLkxKMI4SHM2yiD4THS9f512KKIY6xq2lxVUximexy2zoffgjQJBoVdUhLQovt&#10;Vz4MqaeU2MzAslUqUaPMXw6sGT3ZZcRohX7Tk7Z+Nf4G6gNu5WAg3Fu+bLH1ivnwxBwyjNOiasMj&#10;HlJBV1E4WpQ04H7/zx/zEXiMUtKhYipqUNKUqJ8GCRlPrvM8Kiz9oeFOxiYZxbd8EuNmp+8AxVjg&#10;u7A8mTE5qJMpHegXFPUidsMQMxx7VnRzMu/CoF98FFwsFikJxWRZWJm15bF0xCwC+ty/MGePqAfk&#10;6wFOmmLlG/CH3HjT28UuIAWJmYjvgOYRdhRi4vb4aKLSX/+nrMvTnv8BAAD//wMAUEsDBBQABgAI&#10;AAAAIQAhgjTL2gAAAAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtZW4UaeRsCCN&#10;U1X8iSspEhydeBtHjdchdtvw9ixc4LLSaEYz35ab2Q/ihFPsA2lYLTMQSG2wPXUa3nZP17cgYjJk&#10;zRAINXxhhE11eVGawoYzveKpTp3gEoqF0eBSGgspY+vQm7gMIxJ7+zB5k1hOnbSTOXO5H2SeZUp6&#10;0xMvODPivcP2UB+9BvXwvHXju/r43OfxJTbhkOrwqPXVYt6uQSSc018YfvAZHSpmasKRbBSDBn4k&#10;/V728nylQDQabtQdyKqU/+GrbwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAA&#10;AJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBv8JxIEQIA&#10;ACIEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAhgjTL&#10;2gAAAAQBAAAPAAAAAAAAAAAAAAAAAGsEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA&#10;cgUAAAAA&#10;" filled="f" stroked="f">
-              <v:fill o:detectmouseclick="t"/>
+            <v:shape id="Text Box 4" o:spid="_x0000_s1028" type="#_x0000_t202" alt="Classification: Public" style="position:absolute;margin-left:0;margin-top:0;width:110.8pt;height:28.45pt;z-index:251676672;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA+Zm8KEwIAACIEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X2ynTbYZcYqsRYYB&#10;QVsgHXpWZCk2IImCpMTOfv0oOU62bqdhF5kmKX6897S467UiR+F8C6aixSSnRBgOdWv2Ff3+sv7w&#10;iRIfmKmZAiMqehKe3i3fv1t0thRTaEDVwhEsYnzZ2Yo2IdgyyzxvhGZ+AlYYDEpwmgX8dfusdqzD&#10;6lpl0zyfZx242jrgwnv0PgxBukz1pRQ8PEnpRSCqojhbSKdL5y6e2XLByr1jtmn5eQz2D1No1hps&#10;ein1wAIjB9f+UUq33IEHGSYcdAZStlykHXCbIn+zzbZhVqRdEBxvLzD5/1eWPx639tmR0H+BHgmM&#10;gHTWlx6dcZ9eOh2/OCnBOEJ4usAm+kB4vHSbfyzmGOIYu5kXN8Uslsmut63z4asATaJRUYe0JLTY&#10;cePDkDqmxGYG1q1SiRplfnNgzejJriNGK/S7nrR1Rafj+DuoT7iVg4Fwb/m6xdYb5sMzc8gwTouq&#10;DU94SAVdReFsUdKA+/E3f8xH4DFKSYeKqahBSVOivhkkZDq7zfOosPSHhhuNXTKKz/ksxs1B3wOK&#10;scB3YXkyY3JQoykd6FcU9Sp2wxAzHHtWdDea92HQLz4KLlarlIRisixszNbyWDpiFgF96V+Zs2fU&#10;A/L1CKOmWPkG/CE33vR2dQhIQWIm4jugeYYdhZi4PT+aqPRf/1PW9WkvfwIAAP//AwBQSwMEFAAG&#10;AAgAAAAhACGCNMvaAAAABAEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1lbhRp5Gw&#10;II1TVfyJKykSHJ14G0eN1yF22/D2LFzgstJoRjPflpvZD+KEU+wDaVgtMxBIbbA9dRredk/XtyBi&#10;MmTNEAg1fGGETXV5UZrChjO94qlOneASioXR4FIaCylj69CbuAwjEnv7MHmTWE6dtJM5c7kfZJ5l&#10;SnrTEy84M+K9w/ZQH70G9fC8deO7+vjc5/ElNuGQ6vCo9dVi3q5BJJzTXxh+8BkdKmZqwpFsFIMG&#10;fiT9XvbyfKVANBpu1B3IqpT/4atvAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAD5mbwoT&#10;AgAAIgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhACGC&#10;NMvaAAAABAEAAA8AAAAAAAAAAAAAAAAAbQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AAB0BQAAAAA=&#10;" filled="f" stroked="f">
               <v:textbox style="mso-fit-shape-to-text:t" inset="20pt,0,0,15pt">
                 <w:txbxContent>
                   <w:p w14:paraId="53B9CD63" w14:textId="1A093D0A" w:rsidR="00484731" w:rsidRPr="00484731" w:rsidRDefault="00484731" w:rsidP="00484731">
                     <w:pPr>
                       <w:spacing w:after="0"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:noProof/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="22"/>
                         <w:szCs w:val="22"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00484731">
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:noProof/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="22"/>
                         <w:szCs w:val="22"/>
                       </w:rPr>
                       <w:t>Classification: Public</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6B3B9B8E" w14:textId="77777777" w:rsidR="0020222A" w:rsidRPr="001522A5" w:rsidRDefault="0020222A" w:rsidP="00EB6203">
+    <w:p w14:paraId="54C4D595" w14:textId="77777777" w:rsidR="00087B38" w:rsidRPr="001522A5" w:rsidRDefault="00087B38" w:rsidP="00EB6203">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="64F47A19" w14:textId="77777777" w:rsidR="0020222A" w:rsidRDefault="0020222A" w:rsidP="00EB6203">
+    <w:p w14:paraId="7BE38135" w14:textId="77777777" w:rsidR="00087B38" w:rsidRDefault="00087B38" w:rsidP="00EB6203">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="2FD2C5A4" w14:textId="77777777" w:rsidR="0020222A" w:rsidRDefault="0020222A" w:rsidP="00EB6203"/>
+    <w:p w14:paraId="09BBE07A" w14:textId="77777777" w:rsidR="00087B38" w:rsidRDefault="00087B38" w:rsidP="00EB6203"/>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="58749E44" w14:textId="06510119" w:rsidR="00C14C4A" w:rsidRDefault="00C14C4A" w:rsidP="00C14C4A">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Social Sciences and Humanities Research Council (SSHRC) Definitions of Terms: </w:t>
       </w:r>
       <w:r w:rsidRPr="00C14C4A">
         <w:t>https://www.sshrc-crsh.gc.ca/funding-financement/programs-programmes/definitions-eng.aspx#a4</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
@@ -9854,686 +10711,750 @@
   <w:num w:numId="22" w16cid:durableId="793447172">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="427699964">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="2017926731">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="1441608059">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="791248569">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="4"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:trackRevisions/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="66561"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CD0857"/>
     <w:rsid w:val="000029A2"/>
     <w:rsid w:val="00011672"/>
+    <w:rsid w:val="00016D6A"/>
+    <w:rsid w:val="000176D4"/>
     <w:rsid w:val="0001791C"/>
     <w:rsid w:val="00021C67"/>
+    <w:rsid w:val="00026AED"/>
     <w:rsid w:val="00035DF6"/>
+    <w:rsid w:val="00035FAF"/>
     <w:rsid w:val="0003634A"/>
     <w:rsid w:val="000364F1"/>
     <w:rsid w:val="00036FF5"/>
+    <w:rsid w:val="000376B6"/>
     <w:rsid w:val="00050E04"/>
     <w:rsid w:val="0005155B"/>
     <w:rsid w:val="00052C04"/>
     <w:rsid w:val="00053DA9"/>
     <w:rsid w:val="00057972"/>
+    <w:rsid w:val="0006427F"/>
     <w:rsid w:val="00066EDD"/>
     <w:rsid w:val="00067919"/>
     <w:rsid w:val="00071772"/>
     <w:rsid w:val="00075102"/>
     <w:rsid w:val="0007676D"/>
     <w:rsid w:val="00082272"/>
     <w:rsid w:val="00083A26"/>
+    <w:rsid w:val="00087B38"/>
     <w:rsid w:val="00087FD8"/>
     <w:rsid w:val="00090DCF"/>
     <w:rsid w:val="00090E45"/>
+    <w:rsid w:val="00096A17"/>
     <w:rsid w:val="000A0261"/>
     <w:rsid w:val="000A1672"/>
     <w:rsid w:val="000A1978"/>
     <w:rsid w:val="000A5C80"/>
     <w:rsid w:val="000A62AB"/>
     <w:rsid w:val="000A7ACC"/>
     <w:rsid w:val="000B11E2"/>
     <w:rsid w:val="000B323E"/>
     <w:rsid w:val="000C4647"/>
     <w:rsid w:val="000C4C9D"/>
+    <w:rsid w:val="000C6E6B"/>
     <w:rsid w:val="000D5664"/>
     <w:rsid w:val="000E0460"/>
     <w:rsid w:val="000E6ED7"/>
     <w:rsid w:val="000F02D8"/>
     <w:rsid w:val="000F07AB"/>
     <w:rsid w:val="000F0D1F"/>
     <w:rsid w:val="000F0DE6"/>
     <w:rsid w:val="000F25D6"/>
     <w:rsid w:val="000F6DBF"/>
     <w:rsid w:val="000F760F"/>
     <w:rsid w:val="00100D04"/>
     <w:rsid w:val="00102EB4"/>
     <w:rsid w:val="00104AD0"/>
     <w:rsid w:val="00104CD2"/>
     <w:rsid w:val="00106C62"/>
     <w:rsid w:val="001151E2"/>
     <w:rsid w:val="00125D41"/>
     <w:rsid w:val="00136C06"/>
     <w:rsid w:val="0014143B"/>
     <w:rsid w:val="00147923"/>
     <w:rsid w:val="001522A5"/>
     <w:rsid w:val="001527C4"/>
     <w:rsid w:val="001550D4"/>
     <w:rsid w:val="001574D5"/>
     <w:rsid w:val="0016117F"/>
     <w:rsid w:val="001614B8"/>
     <w:rsid w:val="001625A3"/>
     <w:rsid w:val="00162ED1"/>
     <w:rsid w:val="001632C8"/>
     <w:rsid w:val="00163967"/>
+    <w:rsid w:val="001674A4"/>
     <w:rsid w:val="001726BE"/>
     <w:rsid w:val="001804AA"/>
+    <w:rsid w:val="00180C14"/>
     <w:rsid w:val="00196EFA"/>
+    <w:rsid w:val="001A637D"/>
     <w:rsid w:val="001B7972"/>
     <w:rsid w:val="001C2394"/>
     <w:rsid w:val="001C4276"/>
     <w:rsid w:val="001D2366"/>
     <w:rsid w:val="001D6267"/>
     <w:rsid w:val="001D6E0A"/>
     <w:rsid w:val="001E1C64"/>
     <w:rsid w:val="001E2732"/>
+    <w:rsid w:val="001E324D"/>
     <w:rsid w:val="001E39D8"/>
     <w:rsid w:val="001E577A"/>
+    <w:rsid w:val="001E6508"/>
     <w:rsid w:val="001F49E1"/>
     <w:rsid w:val="00201ACE"/>
     <w:rsid w:val="0020222A"/>
     <w:rsid w:val="002111EB"/>
     <w:rsid w:val="0021214C"/>
+    <w:rsid w:val="0021283E"/>
+    <w:rsid w:val="00213E48"/>
     <w:rsid w:val="00217870"/>
     <w:rsid w:val="0022172D"/>
     <w:rsid w:val="00222CED"/>
     <w:rsid w:val="00225B11"/>
     <w:rsid w:val="00231BED"/>
     <w:rsid w:val="0023327B"/>
     <w:rsid w:val="00234C09"/>
+    <w:rsid w:val="00235701"/>
     <w:rsid w:val="002406C7"/>
     <w:rsid w:val="00253F61"/>
+    <w:rsid w:val="0025543A"/>
     <w:rsid w:val="00261627"/>
     <w:rsid w:val="00265CAD"/>
     <w:rsid w:val="00272A67"/>
+    <w:rsid w:val="002749B2"/>
     <w:rsid w:val="002751DB"/>
     <w:rsid w:val="0028112C"/>
     <w:rsid w:val="00283013"/>
     <w:rsid w:val="00283333"/>
     <w:rsid w:val="002872A1"/>
     <w:rsid w:val="002906C1"/>
     <w:rsid w:val="002A2AF4"/>
     <w:rsid w:val="002A5C4C"/>
     <w:rsid w:val="002A6040"/>
     <w:rsid w:val="002A685A"/>
     <w:rsid w:val="002A7577"/>
     <w:rsid w:val="002B2947"/>
+    <w:rsid w:val="002B4062"/>
     <w:rsid w:val="002B69FD"/>
     <w:rsid w:val="002B6A1C"/>
     <w:rsid w:val="002C6D8B"/>
     <w:rsid w:val="002D2EFB"/>
     <w:rsid w:val="002D2F29"/>
     <w:rsid w:val="002D3C16"/>
     <w:rsid w:val="002D5C7D"/>
     <w:rsid w:val="002E6E12"/>
     <w:rsid w:val="002F11BE"/>
     <w:rsid w:val="003066CF"/>
+    <w:rsid w:val="003116E6"/>
     <w:rsid w:val="0031222F"/>
     <w:rsid w:val="00312B81"/>
     <w:rsid w:val="003131BC"/>
     <w:rsid w:val="003235AF"/>
     <w:rsid w:val="003320D8"/>
+    <w:rsid w:val="00335187"/>
     <w:rsid w:val="00341653"/>
     <w:rsid w:val="00344A60"/>
     <w:rsid w:val="00344BDC"/>
     <w:rsid w:val="003475A2"/>
     <w:rsid w:val="00347E51"/>
     <w:rsid w:val="003535CE"/>
     <w:rsid w:val="00366D4C"/>
     <w:rsid w:val="00372127"/>
+    <w:rsid w:val="0038063E"/>
     <w:rsid w:val="00381DD0"/>
     <w:rsid w:val="003855DF"/>
     <w:rsid w:val="00392604"/>
     <w:rsid w:val="00395C83"/>
     <w:rsid w:val="00396564"/>
     <w:rsid w:val="003A1E0A"/>
     <w:rsid w:val="003A20C0"/>
     <w:rsid w:val="003B3530"/>
     <w:rsid w:val="003B37E7"/>
     <w:rsid w:val="003B5101"/>
     <w:rsid w:val="003B7E9B"/>
     <w:rsid w:val="003C0C1C"/>
     <w:rsid w:val="003C1E12"/>
     <w:rsid w:val="003C428D"/>
     <w:rsid w:val="003C6564"/>
     <w:rsid w:val="003D3E4E"/>
     <w:rsid w:val="003D4115"/>
     <w:rsid w:val="003D4181"/>
     <w:rsid w:val="003D5255"/>
+    <w:rsid w:val="003E2D5B"/>
     <w:rsid w:val="003E301A"/>
     <w:rsid w:val="003E6D55"/>
     <w:rsid w:val="003E77F8"/>
     <w:rsid w:val="003E7B09"/>
     <w:rsid w:val="003E7B9B"/>
     <w:rsid w:val="004000C8"/>
     <w:rsid w:val="004109E9"/>
     <w:rsid w:val="00410B14"/>
     <w:rsid w:val="00412CE8"/>
     <w:rsid w:val="004176B3"/>
     <w:rsid w:val="00427E35"/>
     <w:rsid w:val="0043228E"/>
     <w:rsid w:val="004346AB"/>
     <w:rsid w:val="00434E4F"/>
     <w:rsid w:val="00435E39"/>
     <w:rsid w:val="0044296C"/>
     <w:rsid w:val="00446134"/>
     <w:rsid w:val="004463AD"/>
     <w:rsid w:val="00463358"/>
     <w:rsid w:val="00467ECE"/>
     <w:rsid w:val="00471700"/>
+    <w:rsid w:val="00471F51"/>
     <w:rsid w:val="0047576F"/>
     <w:rsid w:val="004812B3"/>
     <w:rsid w:val="00484731"/>
     <w:rsid w:val="00491EBD"/>
     <w:rsid w:val="004C23F1"/>
     <w:rsid w:val="004C7B46"/>
     <w:rsid w:val="004D17AC"/>
     <w:rsid w:val="004D2C6C"/>
     <w:rsid w:val="004E31F2"/>
     <w:rsid w:val="004E72D9"/>
     <w:rsid w:val="004E78F0"/>
     <w:rsid w:val="005013FD"/>
     <w:rsid w:val="005042F8"/>
     <w:rsid w:val="00511501"/>
     <w:rsid w:val="00513B47"/>
     <w:rsid w:val="0052228C"/>
     <w:rsid w:val="0052782C"/>
     <w:rsid w:val="00530604"/>
     <w:rsid w:val="00543C97"/>
     <w:rsid w:val="005504FE"/>
     <w:rsid w:val="00550FA7"/>
     <w:rsid w:val="00557D91"/>
     <w:rsid w:val="00560044"/>
     <w:rsid w:val="005650F7"/>
     <w:rsid w:val="00567C6E"/>
     <w:rsid w:val="00571F12"/>
     <w:rsid w:val="00572DA4"/>
     <w:rsid w:val="00573982"/>
+    <w:rsid w:val="00575397"/>
     <w:rsid w:val="0057721B"/>
     <w:rsid w:val="00577366"/>
     <w:rsid w:val="00580387"/>
     <w:rsid w:val="0059461A"/>
     <w:rsid w:val="005A0503"/>
     <w:rsid w:val="005A12A1"/>
     <w:rsid w:val="005A27EC"/>
     <w:rsid w:val="005A3B2D"/>
     <w:rsid w:val="005B046A"/>
     <w:rsid w:val="005B1523"/>
     <w:rsid w:val="005B3D68"/>
     <w:rsid w:val="005B52AC"/>
     <w:rsid w:val="005C382B"/>
     <w:rsid w:val="005C3E2A"/>
     <w:rsid w:val="005C5D44"/>
     <w:rsid w:val="005C5F4E"/>
     <w:rsid w:val="005D3A45"/>
     <w:rsid w:val="005E10A4"/>
     <w:rsid w:val="005E12EF"/>
     <w:rsid w:val="005E1D4C"/>
     <w:rsid w:val="0061148D"/>
     <w:rsid w:val="00612739"/>
     <w:rsid w:val="006203DA"/>
     <w:rsid w:val="00620AFE"/>
     <w:rsid w:val="00630A4C"/>
     <w:rsid w:val="00631FB7"/>
     <w:rsid w:val="00640582"/>
     <w:rsid w:val="00640D9E"/>
     <w:rsid w:val="00640FC3"/>
     <w:rsid w:val="0064173F"/>
     <w:rsid w:val="0064524B"/>
     <w:rsid w:val="006514BD"/>
     <w:rsid w:val="0065213F"/>
     <w:rsid w:val="00655A56"/>
     <w:rsid w:val="00663DE9"/>
     <w:rsid w:val="00665DB6"/>
+    <w:rsid w:val="006664A9"/>
     <w:rsid w:val="0067068F"/>
     <w:rsid w:val="00673195"/>
     <w:rsid w:val="006733D3"/>
     <w:rsid w:val="00676DDC"/>
     <w:rsid w:val="00680834"/>
     <w:rsid w:val="00695A9D"/>
     <w:rsid w:val="0069656D"/>
     <w:rsid w:val="006A788D"/>
     <w:rsid w:val="006B01D9"/>
     <w:rsid w:val="006B0351"/>
     <w:rsid w:val="006B1C5D"/>
     <w:rsid w:val="006B4D1D"/>
     <w:rsid w:val="006B69DE"/>
     <w:rsid w:val="006C05A6"/>
     <w:rsid w:val="006D78D3"/>
     <w:rsid w:val="006E06C1"/>
     <w:rsid w:val="006E3BF8"/>
     <w:rsid w:val="006E5BE4"/>
     <w:rsid w:val="006E6A89"/>
     <w:rsid w:val="006E6DD1"/>
     <w:rsid w:val="006F35A3"/>
     <w:rsid w:val="006F43E1"/>
     <w:rsid w:val="006F638D"/>
     <w:rsid w:val="007041FE"/>
     <w:rsid w:val="007066DD"/>
     <w:rsid w:val="007103F1"/>
     <w:rsid w:val="00711CF9"/>
     <w:rsid w:val="00713012"/>
     <w:rsid w:val="0071461A"/>
     <w:rsid w:val="00717C11"/>
     <w:rsid w:val="00721073"/>
     <w:rsid w:val="007213D0"/>
     <w:rsid w:val="00726779"/>
     <w:rsid w:val="00726E44"/>
     <w:rsid w:val="007347AB"/>
     <w:rsid w:val="007365FA"/>
     <w:rsid w:val="00740080"/>
     <w:rsid w:val="00740875"/>
     <w:rsid w:val="0074179B"/>
     <w:rsid w:val="00742F27"/>
     <w:rsid w:val="00743487"/>
     <w:rsid w:val="0074366C"/>
+    <w:rsid w:val="007512D3"/>
     <w:rsid w:val="00751EFA"/>
     <w:rsid w:val="007526E2"/>
     <w:rsid w:val="00753265"/>
     <w:rsid w:val="00771035"/>
     <w:rsid w:val="00774841"/>
     <w:rsid w:val="00776DAA"/>
     <w:rsid w:val="00791D18"/>
     <w:rsid w:val="007A004D"/>
     <w:rsid w:val="007A179A"/>
     <w:rsid w:val="007A3A5F"/>
     <w:rsid w:val="007A5842"/>
     <w:rsid w:val="007A58FF"/>
     <w:rsid w:val="007B3247"/>
     <w:rsid w:val="007C5B1C"/>
     <w:rsid w:val="007D0A23"/>
     <w:rsid w:val="007D34FD"/>
     <w:rsid w:val="007D4D26"/>
     <w:rsid w:val="007E2E51"/>
     <w:rsid w:val="007E504C"/>
     <w:rsid w:val="007E5BBA"/>
     <w:rsid w:val="007E6398"/>
     <w:rsid w:val="007F0E62"/>
     <w:rsid w:val="007F13C1"/>
+    <w:rsid w:val="007F156C"/>
     <w:rsid w:val="007F3068"/>
     <w:rsid w:val="007F745F"/>
     <w:rsid w:val="0080043F"/>
     <w:rsid w:val="00806B31"/>
     <w:rsid w:val="00810432"/>
     <w:rsid w:val="00816833"/>
     <w:rsid w:val="0081777C"/>
     <w:rsid w:val="00821390"/>
     <w:rsid w:val="00821CA3"/>
+    <w:rsid w:val="0082479A"/>
     <w:rsid w:val="0082577F"/>
+    <w:rsid w:val="008267C3"/>
     <w:rsid w:val="0083709E"/>
     <w:rsid w:val="00845E2B"/>
     <w:rsid w:val="00855756"/>
     <w:rsid w:val="00857E63"/>
     <w:rsid w:val="00864F86"/>
     <w:rsid w:val="008668DA"/>
     <w:rsid w:val="00867BD8"/>
     <w:rsid w:val="00871BA3"/>
+    <w:rsid w:val="0087270C"/>
     <w:rsid w:val="008838F6"/>
+    <w:rsid w:val="008902BC"/>
     <w:rsid w:val="00893101"/>
     <w:rsid w:val="0089337D"/>
     <w:rsid w:val="0089493D"/>
     <w:rsid w:val="00894AF5"/>
     <w:rsid w:val="00895A85"/>
     <w:rsid w:val="00895F48"/>
     <w:rsid w:val="008A2D93"/>
     <w:rsid w:val="008A6593"/>
     <w:rsid w:val="008B10CA"/>
     <w:rsid w:val="008C3ACD"/>
     <w:rsid w:val="008D2829"/>
     <w:rsid w:val="008E29E5"/>
     <w:rsid w:val="009012F4"/>
+    <w:rsid w:val="00911CE2"/>
     <w:rsid w:val="009251A1"/>
     <w:rsid w:val="0092674E"/>
     <w:rsid w:val="00930CA4"/>
+    <w:rsid w:val="00937A89"/>
     <w:rsid w:val="00941B1F"/>
     <w:rsid w:val="00943E61"/>
+    <w:rsid w:val="009563FF"/>
     <w:rsid w:val="009606C2"/>
     <w:rsid w:val="00960704"/>
     <w:rsid w:val="00961255"/>
     <w:rsid w:val="00963F77"/>
     <w:rsid w:val="009651A7"/>
     <w:rsid w:val="0096647C"/>
     <w:rsid w:val="00966999"/>
     <w:rsid w:val="00972613"/>
     <w:rsid w:val="00980109"/>
     <w:rsid w:val="0098116A"/>
     <w:rsid w:val="00982CF7"/>
     <w:rsid w:val="009961E5"/>
     <w:rsid w:val="009965F2"/>
     <w:rsid w:val="009978CE"/>
     <w:rsid w:val="009A71BA"/>
     <w:rsid w:val="009A7424"/>
+    <w:rsid w:val="009A7816"/>
     <w:rsid w:val="009B0020"/>
     <w:rsid w:val="009B07BB"/>
     <w:rsid w:val="009B43F3"/>
     <w:rsid w:val="009B7619"/>
     <w:rsid w:val="009C02CD"/>
     <w:rsid w:val="009D0168"/>
     <w:rsid w:val="009D079A"/>
+    <w:rsid w:val="009D1944"/>
     <w:rsid w:val="009D32A7"/>
     <w:rsid w:val="009D5491"/>
     <w:rsid w:val="009E3715"/>
+    <w:rsid w:val="009E38B9"/>
     <w:rsid w:val="009E55A5"/>
     <w:rsid w:val="009E6080"/>
     <w:rsid w:val="009F4D8F"/>
     <w:rsid w:val="009F4F76"/>
     <w:rsid w:val="00A028EE"/>
+    <w:rsid w:val="00A0339E"/>
     <w:rsid w:val="00A108F5"/>
     <w:rsid w:val="00A157FD"/>
     <w:rsid w:val="00A21AEF"/>
     <w:rsid w:val="00A21C6B"/>
     <w:rsid w:val="00A21F40"/>
     <w:rsid w:val="00A245F6"/>
     <w:rsid w:val="00A24B7D"/>
     <w:rsid w:val="00A24D9C"/>
     <w:rsid w:val="00A252B7"/>
     <w:rsid w:val="00A270D2"/>
     <w:rsid w:val="00A30649"/>
     <w:rsid w:val="00A31679"/>
     <w:rsid w:val="00A33A88"/>
     <w:rsid w:val="00A372AB"/>
     <w:rsid w:val="00A41121"/>
     <w:rsid w:val="00A43C31"/>
+    <w:rsid w:val="00A50C79"/>
     <w:rsid w:val="00A53F08"/>
     <w:rsid w:val="00A63DC3"/>
     <w:rsid w:val="00A65401"/>
     <w:rsid w:val="00A71071"/>
     <w:rsid w:val="00A71166"/>
     <w:rsid w:val="00A71F5B"/>
     <w:rsid w:val="00A7337B"/>
+    <w:rsid w:val="00A81FD9"/>
     <w:rsid w:val="00A82C4B"/>
+    <w:rsid w:val="00A92CDA"/>
     <w:rsid w:val="00A94EF9"/>
     <w:rsid w:val="00AB1B51"/>
     <w:rsid w:val="00AC0850"/>
     <w:rsid w:val="00AC4003"/>
     <w:rsid w:val="00AC4007"/>
     <w:rsid w:val="00AC4038"/>
     <w:rsid w:val="00AC79EA"/>
     <w:rsid w:val="00AD46DC"/>
     <w:rsid w:val="00AD665A"/>
     <w:rsid w:val="00AE3ACA"/>
     <w:rsid w:val="00AE3B6A"/>
     <w:rsid w:val="00AE5083"/>
     <w:rsid w:val="00AE7A4B"/>
     <w:rsid w:val="00AF1D00"/>
     <w:rsid w:val="00AF32A7"/>
     <w:rsid w:val="00B00355"/>
     <w:rsid w:val="00B00A75"/>
     <w:rsid w:val="00B10AB5"/>
     <w:rsid w:val="00B11A77"/>
     <w:rsid w:val="00B16ED8"/>
     <w:rsid w:val="00B178E0"/>
     <w:rsid w:val="00B263B7"/>
     <w:rsid w:val="00B3084F"/>
     <w:rsid w:val="00B35D3F"/>
     <w:rsid w:val="00B37FF8"/>
     <w:rsid w:val="00B409AD"/>
     <w:rsid w:val="00B46088"/>
     <w:rsid w:val="00B54073"/>
     <w:rsid w:val="00B578C8"/>
     <w:rsid w:val="00B615F6"/>
     <w:rsid w:val="00B61AC5"/>
+    <w:rsid w:val="00B66504"/>
     <w:rsid w:val="00B6670A"/>
     <w:rsid w:val="00B71C7B"/>
     <w:rsid w:val="00B71E70"/>
     <w:rsid w:val="00B72897"/>
     <w:rsid w:val="00B74990"/>
     <w:rsid w:val="00B76736"/>
     <w:rsid w:val="00B84EED"/>
     <w:rsid w:val="00BA2386"/>
     <w:rsid w:val="00BA4DE2"/>
     <w:rsid w:val="00BA528E"/>
     <w:rsid w:val="00BA6233"/>
+    <w:rsid w:val="00BA74AE"/>
     <w:rsid w:val="00BB6666"/>
     <w:rsid w:val="00BC2215"/>
     <w:rsid w:val="00BC67A6"/>
     <w:rsid w:val="00BD20F9"/>
     <w:rsid w:val="00BD47A9"/>
     <w:rsid w:val="00BD7A93"/>
     <w:rsid w:val="00BE0D30"/>
     <w:rsid w:val="00BF3710"/>
     <w:rsid w:val="00C13086"/>
     <w:rsid w:val="00C14C4A"/>
+    <w:rsid w:val="00C16214"/>
     <w:rsid w:val="00C20464"/>
     <w:rsid w:val="00C24530"/>
     <w:rsid w:val="00C248F5"/>
+    <w:rsid w:val="00C25490"/>
     <w:rsid w:val="00C31914"/>
     <w:rsid w:val="00C3264F"/>
     <w:rsid w:val="00C34A71"/>
     <w:rsid w:val="00C37DA9"/>
     <w:rsid w:val="00C40E95"/>
     <w:rsid w:val="00C45FEC"/>
     <w:rsid w:val="00C50F2A"/>
     <w:rsid w:val="00C5268E"/>
     <w:rsid w:val="00C53E3C"/>
     <w:rsid w:val="00C53F67"/>
     <w:rsid w:val="00C54ADC"/>
     <w:rsid w:val="00C54D7F"/>
     <w:rsid w:val="00C5602B"/>
     <w:rsid w:val="00C6427C"/>
     <w:rsid w:val="00C70B7F"/>
     <w:rsid w:val="00C71086"/>
+    <w:rsid w:val="00C71316"/>
     <w:rsid w:val="00C87198"/>
     <w:rsid w:val="00C9232D"/>
     <w:rsid w:val="00C9788B"/>
     <w:rsid w:val="00CA0A11"/>
     <w:rsid w:val="00CA252B"/>
     <w:rsid w:val="00CB144D"/>
+    <w:rsid w:val="00CB1BD9"/>
     <w:rsid w:val="00CB2141"/>
     <w:rsid w:val="00CB39BE"/>
     <w:rsid w:val="00CB4106"/>
     <w:rsid w:val="00CB412D"/>
     <w:rsid w:val="00CB6A27"/>
+    <w:rsid w:val="00CC02C9"/>
     <w:rsid w:val="00CC59D2"/>
     <w:rsid w:val="00CC724E"/>
     <w:rsid w:val="00CD0857"/>
     <w:rsid w:val="00CD0EAD"/>
     <w:rsid w:val="00CD3334"/>
     <w:rsid w:val="00CD54F4"/>
     <w:rsid w:val="00CE06B8"/>
     <w:rsid w:val="00CE2F39"/>
     <w:rsid w:val="00CE3D58"/>
     <w:rsid w:val="00CE46AC"/>
     <w:rsid w:val="00CE6DEF"/>
     <w:rsid w:val="00CF1117"/>
     <w:rsid w:val="00CF14BB"/>
     <w:rsid w:val="00CF402A"/>
     <w:rsid w:val="00CF5890"/>
     <w:rsid w:val="00CF68EF"/>
     <w:rsid w:val="00D0657F"/>
     <w:rsid w:val="00D07E6B"/>
     <w:rsid w:val="00D10320"/>
     <w:rsid w:val="00D12190"/>
     <w:rsid w:val="00D17350"/>
     <w:rsid w:val="00D255FB"/>
     <w:rsid w:val="00D2622A"/>
     <w:rsid w:val="00D32365"/>
     <w:rsid w:val="00D33FD3"/>
     <w:rsid w:val="00D34582"/>
     <w:rsid w:val="00D53A44"/>
+    <w:rsid w:val="00D54E7E"/>
     <w:rsid w:val="00D56FBC"/>
     <w:rsid w:val="00D67EB6"/>
     <w:rsid w:val="00D7224E"/>
     <w:rsid w:val="00D72888"/>
     <w:rsid w:val="00D73EF0"/>
     <w:rsid w:val="00D864D4"/>
     <w:rsid w:val="00D86E7C"/>
+    <w:rsid w:val="00D87EE8"/>
     <w:rsid w:val="00D93157"/>
     <w:rsid w:val="00D94AC4"/>
     <w:rsid w:val="00D95F66"/>
     <w:rsid w:val="00D97E85"/>
     <w:rsid w:val="00DA1449"/>
     <w:rsid w:val="00DB47BD"/>
     <w:rsid w:val="00DD3B6E"/>
     <w:rsid w:val="00DD5054"/>
     <w:rsid w:val="00DD5A03"/>
     <w:rsid w:val="00DD6286"/>
     <w:rsid w:val="00DD7F4C"/>
     <w:rsid w:val="00DE0EB2"/>
     <w:rsid w:val="00DF7E90"/>
     <w:rsid w:val="00E0037F"/>
     <w:rsid w:val="00E05E5D"/>
     <w:rsid w:val="00E06767"/>
+    <w:rsid w:val="00E06864"/>
     <w:rsid w:val="00E118C9"/>
     <w:rsid w:val="00E1543B"/>
     <w:rsid w:val="00E20638"/>
     <w:rsid w:val="00E215E1"/>
     <w:rsid w:val="00E21600"/>
     <w:rsid w:val="00E40A83"/>
+    <w:rsid w:val="00E443CE"/>
     <w:rsid w:val="00E50FE0"/>
+    <w:rsid w:val="00E62633"/>
     <w:rsid w:val="00E71498"/>
     <w:rsid w:val="00E724A9"/>
     <w:rsid w:val="00E74B23"/>
     <w:rsid w:val="00E77962"/>
     <w:rsid w:val="00E81EEE"/>
     <w:rsid w:val="00E833D0"/>
     <w:rsid w:val="00E83501"/>
+    <w:rsid w:val="00E92567"/>
     <w:rsid w:val="00E92C71"/>
     <w:rsid w:val="00EA2973"/>
     <w:rsid w:val="00EA4087"/>
     <w:rsid w:val="00EB6203"/>
     <w:rsid w:val="00EB6EC7"/>
     <w:rsid w:val="00EC73B3"/>
     <w:rsid w:val="00EE1359"/>
     <w:rsid w:val="00EE272D"/>
     <w:rsid w:val="00EF17ED"/>
+    <w:rsid w:val="00EF3BD1"/>
     <w:rsid w:val="00EF3E35"/>
     <w:rsid w:val="00EF496C"/>
     <w:rsid w:val="00EF59E6"/>
     <w:rsid w:val="00EF5EEA"/>
     <w:rsid w:val="00EF638C"/>
     <w:rsid w:val="00EF6F17"/>
     <w:rsid w:val="00F0006A"/>
+    <w:rsid w:val="00F01CC7"/>
     <w:rsid w:val="00F11AC6"/>
+    <w:rsid w:val="00F16020"/>
+    <w:rsid w:val="00F17D83"/>
     <w:rsid w:val="00F23A1B"/>
     <w:rsid w:val="00F328EF"/>
     <w:rsid w:val="00F34184"/>
     <w:rsid w:val="00F347BC"/>
+    <w:rsid w:val="00F354C8"/>
     <w:rsid w:val="00F3644E"/>
     <w:rsid w:val="00F37271"/>
     <w:rsid w:val="00F42C7A"/>
     <w:rsid w:val="00F54024"/>
     <w:rsid w:val="00F65546"/>
     <w:rsid w:val="00F672D3"/>
     <w:rsid w:val="00F755AE"/>
     <w:rsid w:val="00F776DC"/>
+    <w:rsid w:val="00F77F06"/>
     <w:rsid w:val="00F810A2"/>
     <w:rsid w:val="00F855CC"/>
     <w:rsid w:val="00F857A6"/>
     <w:rsid w:val="00F86140"/>
     <w:rsid w:val="00F91400"/>
     <w:rsid w:val="00FA12F0"/>
     <w:rsid w:val="00FA2811"/>
     <w:rsid w:val="00FA58AA"/>
     <w:rsid w:val="00FA58F5"/>
     <w:rsid w:val="00FB1DC6"/>
     <w:rsid w:val="00FB2495"/>
     <w:rsid w:val="00FB3E59"/>
     <w:rsid w:val="00FB40B9"/>
     <w:rsid w:val="00FB49E4"/>
     <w:rsid w:val="00FB5035"/>
     <w:rsid w:val="00FC2814"/>
     <w:rsid w:val="00FC36E3"/>
     <w:rsid w:val="00FC3856"/>
     <w:rsid w:val="00FD3D77"/>
+    <w:rsid w:val="00FD57F5"/>
+    <w:rsid w:val="00FD6BE5"/>
     <w:rsid w:val="00FD75D7"/>
     <w:rsid w:val="00FD7C38"/>
     <w:rsid w:val="00FE2344"/>
+    <w:rsid w:val="00FE29F9"/>
     <w:rsid w:val="00FE2BEB"/>
     <w:rsid w:val="00FE64E8"/>
     <w:rsid w:val="00FF1471"/>
     <w:rsid w:val="00FF4DB2"/>
     <w:rsid w:val="00FF6A44"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-CA" w:bidi="ar-SA"/>
+  <w:themeFontLang w:val="en-CA" w:eastAsia="ko-KR" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="66561"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="50C01318"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -12911,51 +13832,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1744839338">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ohs-pubstore.labour.alberta.ca/grt002-2" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SPHIFR@gov.ab.ca" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SPHIFR@gov.ab.ca" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ohs-pubstore.labour.alberta.ca/grt002-1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cfr.forms.gov.ab.ca/Form/OHSP12387" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SPHIFR@gov.ab.ca" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alberta.ca/first-responders-mental-health-grants.aspx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SPHIFR@gov.ab.ca" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SPHIFR@gov.ab.ca" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cfr.forms.gov.ab.ca/Form/OHSP12387" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SPHIFR@gov.ab.ca" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ohs-pubstore.labour.alberta.ca/grt001" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SPHIFR@gov.ab.ca" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://open.alberta.ca/publications/travel-meal-and-hospitality-expenses-policy-expenses-policy" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://open.alberta.ca/publications/travel-meal-and-hospitality-expenses-policy-expenses-policy" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SPHIFR@gov.ab.ca" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ohs-pubstore.labour.alberta.ca/grt002-2" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SPHIFR@gov.ab.ca" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SPHIFR@gov.ab.ca" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ohs-pubstore.labour.alberta.ca/grt002-1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cfr.forms.gov.ab.ca/Form/OHSP12387" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SPHIFR@gov.ab.ca" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alberta.ca/first-responders-mental-health-grants.aspx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SPHIFR@gov.ab.ca" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SPHIFR@gov.ab.ca" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cfr.forms.gov.ab.ca/Form/OHSP12387" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SPHIFR@gov.ab.ca" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ohs-pubstore.labour.alberta.ca/grt001" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SPHIFR@gov.ab.ca" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://open.alberta.ca/publications/travel-meal-and-hospitality-expenses-policy-expenses-policy" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://open.alberta.ca/publications/travel-meal-and-hospitality-expenses-policy-expenses-policy" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SPHIFR@gov.ab.ca" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ohs-pubstore.labour.alberta.ca/grt002" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="GoA_Sky">
   <a:themeElements>
     <a:clrScheme name="GoA Sky">
       <a:dk1>
         <a:srgbClr val="36424A"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="6A737B"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="D1D4D3"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="005072"/>
       </a:accent1>
@@ -13219,112 +14140,80 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{26DD7C85-24EF-41F6-A2E8-DBBEA4E48454}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{60c3ebf9-3c2f-4745-a75f-55836bdb736f}" enabled="1" method="Privileged" siteId="{2bb51c06-af9b-42c5-8bf5-3c3b7b10850b}" removed="0"/>
+</clbl:labelList>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>10</Pages>
-  <Words>3646</Words>
-  <Characters>20784</Characters>
+  <Words>3667</Words>
+  <Characters>20831</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>173</Lines>
-  <Paragraphs>48</Paragraphs>
+  <Lines>393</Lines>
+  <Paragraphs>249</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>24382</CharactersWithSpaces>
+  <CharactersWithSpaces>24249</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...36 lines deleted...]
-</file>