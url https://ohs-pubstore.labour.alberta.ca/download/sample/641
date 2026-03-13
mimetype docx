--- v0 (2025-10-27)
+++ v1 (2026-03-13)
@@ -1,15219 +1,14074 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="33ADE9FC" w14:textId="77777777" w:rsidR="00C31F87" w:rsidRPr="00E769FA" w:rsidRDefault="00C31F87" w:rsidP="00C31F87">
+    <w:p w14:paraId="43231FAC" w14:textId="308948A7" w:rsidR="007D1E38" w:rsidRPr="002D305B" w:rsidRDefault="00C31F87" w:rsidP="00BF49A1">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="4575"/>
           <w:tab w:val="left" w:pos="7457"/>
         </w:tabs>
-        <w:spacing w:before="69"/>
-        <w:ind w:left="100"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:bCs w:val="0"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:u w:val="single"/>
-[...3 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D305B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:bCs w:val="0"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:u w:val="single"/>
-[...4 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+        <w:t>SUPPORTING PSYCHOLOGICAL HEALTH IN FIRST RESPONDERS GRANT AGREEMENT</w:t>
+      </w:r>
+      <w:r w:rsidR="007D1E38" w:rsidRPr="002D305B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:bCs w:val="0"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:u w:val="single"/>
-[...4 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidR="00B958B8">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:bCs w:val="0"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:u w:val="single"/>
-[...4 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve">APPLIED </w:t>
+      </w:r>
+      <w:r w:rsidR="007D1E38" w:rsidRPr="002D305B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:bCs w:val="0"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:u w:val="single"/>
-[...10 lines deleted...]
-        <w:t>)</w:t>
+        </w:rPr>
+        <w:t>RESEARCH</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4072FA75" w14:textId="77777777" w:rsidR="002D48DC" w:rsidRDefault="002D48DC" w:rsidP="003913B3">
+    <w:p w14:paraId="33ADE9FC" w14:textId="47F31F18" w:rsidR="00C31F87" w:rsidRPr="002D305B" w:rsidRDefault="00C31F87" w:rsidP="00BF49A1">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="4575"/>
           <w:tab w:val="left" w:pos="7457"/>
         </w:tabs>
-        <w:spacing w:before="69"/>
-[...5 lines deleted...]
-      </w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:bCs w:val="0"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D305B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:bCs w:val="0"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(PUBLIC BODIES)</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="15FF3B77" w14:textId="77777777" w:rsidR="002D48DC" w:rsidRDefault="002D48DC" w:rsidP="003913B3">
+    <w:p w14:paraId="15FF3B77" w14:textId="77777777" w:rsidR="002D48DC" w:rsidRPr="00A03BD3" w:rsidRDefault="002D48DC" w:rsidP="007F7A89">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="4575"/>
           <w:tab w:val="left" w:pos="7457"/>
         </w:tabs>
-        <w:spacing w:before="69"/>
-[...2 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="0"/>
+        <w:contextualSpacing/>
+        <w:mirrorIndents/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7B98F95A" w14:textId="6258D2C8" w:rsidR="003913B3" w:rsidRPr="004D4B47" w:rsidRDefault="003913B3" w:rsidP="003913B3">
-[...47 lines deleted...]
-    <w:p w14:paraId="36A2E995" w14:textId="77777777" w:rsidR="003913B3" w:rsidRPr="004D4B47" w:rsidRDefault="003913B3" w:rsidP="003913B3">
+    <w:p w14:paraId="6DEC46E0" w14:textId="4E9BDC5A" w:rsidR="00E10B10" w:rsidRDefault="00E10B10" w:rsidP="0624280B">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4575"/>
           <w:tab w:val="left" w:pos="7457"/>
         </w:tabs>
         <w:spacing w:before="69"/>
         <w:ind w:left="0"/>
+        <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b w:val="0"/>
-        </w:rPr>
-      </w:pPr>
+          <w:bCs w:val="0"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC4A7E">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>THIS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC4A7E">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC4A7E">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>AGREEMENT</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC4A7E">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="4023ECED" w:rsidRPr="00BC4A7E">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>is effective this</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="22E7C495" w14:textId="77777777" w:rsidR="003913B3" w:rsidRPr="004D4B47" w:rsidRDefault="003913B3" w:rsidP="003913B3">
+    <w:p w14:paraId="1182EE2C" w14:textId="300ED015" w:rsidR="005D5F38" w:rsidRPr="005D5F38" w:rsidRDefault="005D5F38" w:rsidP="005D5F38">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="0"/>
+        <w:contextualSpacing/>
+        <w:mirrorIndents/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="297E5157" w14:textId="77777777" w:rsidR="005D5F38" w:rsidRDefault="005D5F38" w:rsidP="007F7A89">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="7457"/>
         </w:tabs>
-        <w:spacing w:before="69"/>
-[...9 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="0"/>
+        <w:contextualSpacing/>
+        <w:mirrorIndents/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22E7C495" w14:textId="43518594" w:rsidR="003913B3" w:rsidRPr="00BC4A7E" w:rsidRDefault="003913B3" w:rsidP="007F7A89">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="7457"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="0"/>
+        <w:contextualSpacing/>
+        <w:mirrorIndents/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>BETWEEN:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="306D5E99" w14:textId="77777777" w:rsidR="003913B3" w:rsidRPr="004D4B47" w:rsidRDefault="003913B3" w:rsidP="003913B3">
+    <w:p w14:paraId="6ED2DE95" w14:textId="73F0F976" w:rsidR="00F019E7" w:rsidRPr="005C32B7" w:rsidRDefault="00911F75" w:rsidP="00430C45">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:rPr>
-[...9 lines deleted...]
-        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="0"/>
+        <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:cs="Times New Roman"/>
-[...14 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-5"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005C32B7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-1"/>
         </w:rPr>
+        <w:t>HIS</w:t>
+      </w:r>
+      <w:r w:rsidR="003913B3" w:rsidRPr="005C32B7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003913B3" w:rsidRPr="005C32B7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
         <w:t>MAJESTY</w:t>
       </w:r>
-      <w:r w:rsidR="003913B3" w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="003913B3" w:rsidRPr="005C32B7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003913B3" w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00F019E7" w:rsidRPr="005C32B7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-1"/>
         </w:rPr>
-        <w:t>THE</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+        <w:t>IN RIGHT OF ALBERTA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AB1F384" w14:textId="2110E534" w:rsidR="00F019E7" w:rsidRPr="00A03BD3" w:rsidRDefault="003913B3" w:rsidP="00430C45">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>as</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>represented</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>by</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>Minister</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:spacing w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A6C6C" w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>Jobs, Economy</w:t>
+      </w:r>
+      <w:r w:rsidR="00E10B10">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3395" w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Trade </w:t>
+      </w:r>
+      <w:r w:rsidR="00E10B10">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>and Immigration</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CC6368F" w14:textId="6F602732" w:rsidR="003913B3" w:rsidRDefault="003913B3" w:rsidP="00430C45">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>(the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>“Minister”)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03432BC3" w14:textId="13E0DF89" w:rsidR="005C32B7" w:rsidRPr="00A03BD3" w:rsidRDefault="005C32B7" w:rsidP="006F1FF1">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="0"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>AND</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B2804CF" w14:textId="12BA1C01" w:rsidR="00F77A99" w:rsidRPr="005C32B7" w:rsidRDefault="009B0D3F" w:rsidP="00430C45">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:spacing w:val="-2"/>
-[...5 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+          <w:w w:val="99"/>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C32B7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:spacing w:val="-1"/>
-[...5 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+          <w:w w:val="99"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="005C32B7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:spacing w:val="-4"/>
-[...5 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+          <w:w w:val="99"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> MERGEFIELD The_Recipient__Organization_Legal_Name </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="005C32B7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b/>
-          <w:spacing w:val="-1"/>
-[...167 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:w w:val="99"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00394919" w:rsidRPr="005C32B7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b/>
-          <w:w w:val="99"/>
-[...29 lines deleted...]
-          <w:b/>
+          <w:bCs/>
           <w:noProof/>
           <w:w w:val="99"/>
-        </w:rPr>
-[...67 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>«T</w:t>
+      </w:r>
+      <w:r w:rsidR="005C32B7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
+          <w:noProof/>
+          <w:w w:val="99"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>HE_RECIPIENT_ORGANIZATION_LEGAL_NAME</w:t>
+      </w:r>
+      <w:r w:rsidR="005C32B7" w:rsidRPr="005C32B7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:w w:val="99"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00394919" w:rsidRPr="005C32B7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:w w:val="99"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C32B7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:w w:val="99"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="294D5297" w14:textId="77777777" w:rsidR="003913B3" w:rsidRDefault="003913B3" w:rsidP="00430C45">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>(the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:spacing w:val="-19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>“Recipient”)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2647DF4E" w14:textId="77777777" w:rsidR="00E91E9B" w:rsidRPr="00A03BD3" w:rsidRDefault="00E91E9B" w:rsidP="00CD5867">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6AA8A661" w14:textId="4F45AD0C" w:rsidR="003913B3" w:rsidRPr="00E91E9B" w:rsidRDefault="003913B3" w:rsidP="2D0190FF">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="2D0190FF">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>WHEREAS</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="2D0190FF">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C25223" w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00C25223" w:rsidRPr="2D0190FF">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="2D0190FF">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Recipient</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="2D0190FF">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="2D0190FF">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>has</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="2D0190FF">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00F019E7" w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00F019E7" w:rsidRPr="2D0190FF">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve">submitted </w:t>
       </w:r>
-      <w:r w:rsidR="002D2C13">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="002D2C13" w:rsidRPr="2D0190FF">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve">to the Minister </w:t>
       </w:r>
-      <w:r w:rsidR="00F019E7" w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00F019E7" w:rsidRPr="2D0190FF">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve">a proposal </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="2D0190FF">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>for</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="2D0190FF">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="2D0190FF">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="00EA37F5">
-[...6 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00EA37F5" w:rsidRPr="2D0190FF">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA37F5" w:rsidRPr="2D0190FF">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve">Supporting Psychological Health in First Responders </w:t>
       </w:r>
-      <w:r w:rsidR="00EA37F5">
-[...7 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00EA37F5" w:rsidRPr="2D0190FF">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Grant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2D0190FF">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BC1FD1">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00BC1FD1" w:rsidRPr="2D0190FF">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>entitled</w:t>
       </w:r>
-      <w:r w:rsidR="00550D38">
-[...7 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="009B0D3F" w:rsidRPr="2D0190FF">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009E72E7" w:rsidRPr="00D50EAD">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
-      <w:r w:rsidR="00550D38">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="009B0D3F" w:rsidRPr="00D50EAD">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidR="00550D38">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="009B0D3F" w:rsidRPr="00D50EAD">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:instrText xml:space="preserve"> MERGEFIELD Project_Name </w:instrText>
       </w:r>
-      <w:r w:rsidR="00550D38">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="009B0D3F" w:rsidRPr="00D50EAD">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="000D6A54">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00394919" w:rsidRPr="00D50EAD">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
           <w:noProof/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="009D51E6" w:rsidRPr="00D50EAD">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Project Name</w:t>
+      </w:r>
+      <w:r w:rsidR="00394919" w:rsidRPr="00D50EAD">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="009B0D3F" w:rsidRPr="00D50EAD">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...2 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00CD5867" w:rsidRPr="00D50EAD">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
-      <w:r w:rsidR="00C25223" w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00EE0F09" w:rsidRPr="00D50EAD">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...2 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+    </w:p>
+    <w:p w14:paraId="6303C994" w14:textId="2B697DED" w:rsidR="003913B3" w:rsidRPr="00E91E9B" w:rsidRDefault="003913B3" w:rsidP="00815B3A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>WHEREAS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC28BF" w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Minister is authorized to make grants in accordance with the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006B1737" w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ministerial </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Grant</w:t>
+      </w:r>
+      <w:r w:rsidR="006B1737" w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="28"/>
+          <w:w w:val="99"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Regulation</w:t>
+      </w:r>
+      <w:r w:rsidR="00187036" w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (“Grant Regulation”)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>as</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE0F09" w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>amended</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE0F09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FD60104" w14:textId="76A8AA6B" w:rsidR="00536B01" w:rsidRDefault="00F019E7" w:rsidP="00815B3A">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="320AA4D8">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">AND </w:t>
+      </w:r>
+      <w:r w:rsidR="003913B3" w:rsidRPr="320AA4D8">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>WHEREAS</w:t>
+      </w:r>
+      <w:r w:rsidR="003913B3" w:rsidRPr="320AA4D8">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003913B3" w:rsidRPr="320AA4D8">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidR="003913B3" w:rsidRPr="320AA4D8">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="003913B3" w:rsidRPr="320AA4D8">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>Minister</w:t>
+      </w:r>
+      <w:r w:rsidR="003913B3" w:rsidRPr="320AA4D8">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003913B3" w:rsidRPr="320AA4D8">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>has</w:t>
+      </w:r>
+      <w:r w:rsidR="003913B3" w:rsidRPr="320AA4D8">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003913B3" w:rsidRPr="320AA4D8">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>agreed</w:t>
+      </w:r>
+      <w:r w:rsidR="003913B3" w:rsidRPr="320AA4D8">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003913B3" w:rsidRPr="320AA4D8">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidR="003913B3" w:rsidRPr="320AA4D8">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="320AA4D8">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>make</w:t>
+      </w:r>
+      <w:r w:rsidR="003913B3" w:rsidRPr="320AA4D8">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003913B3" w:rsidRPr="320AA4D8">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="003913B3" w:rsidRPr="320AA4D8">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003913B3" w:rsidRPr="320AA4D8">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>grant</w:t>
+      </w:r>
+      <w:r w:rsidR="003913B3" w:rsidRPr="320AA4D8">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003913B3" w:rsidRPr="320AA4D8">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>subject</w:t>
+      </w:r>
+      <w:r w:rsidR="003913B3" w:rsidRPr="320AA4D8">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003913B3" w:rsidRPr="320AA4D8">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidR="003913B3" w:rsidRPr="320AA4D8">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003913B3" w:rsidRPr="320AA4D8">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidR="003913B3" w:rsidRPr="320AA4D8">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003913B3" w:rsidRPr="320AA4D8">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>terms</w:t>
+      </w:r>
+      <w:r w:rsidR="003913B3" w:rsidRPr="320AA4D8">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003913B3" w:rsidRPr="320AA4D8">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidR="003913B3" w:rsidRPr="320AA4D8">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003913B3" w:rsidRPr="320AA4D8">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>conditions</w:t>
+      </w:r>
+      <w:r w:rsidR="003913B3" w:rsidRPr="320AA4D8">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003913B3" w:rsidRPr="320AA4D8">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidR="003913B3" w:rsidRPr="320AA4D8">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:spacing w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003913B3" w:rsidRPr="320AA4D8">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>this</w:t>
+      </w:r>
+      <w:r w:rsidR="003913B3" w:rsidRPr="320AA4D8">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:spacing w:val="-15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003913B3" w:rsidRPr="320AA4D8">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>Agreement</w:t>
+      </w:r>
+      <w:r w:rsidR="0041037D">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6303C994" w14:textId="48A89BEC" w:rsidR="003913B3" w:rsidRPr="004D4B47" w:rsidRDefault="003913B3" w:rsidP="003913B3">
-[...138 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="49FB4869" w14:textId="77777777" w:rsidR="0041037D" w:rsidRPr="00B3012A" w:rsidRDefault="0041037D" w:rsidP="00815B3A">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="235913A6" w14:textId="77777777" w:rsidR="003913B3" w:rsidRPr="004D4B47" w:rsidRDefault="00F019E7" w:rsidP="003913B3">
+    <w:p w14:paraId="2B539BD3" w14:textId="77777777" w:rsidR="00C25223" w:rsidRPr="00E91E9B" w:rsidRDefault="00C25223" w:rsidP="00815B3A">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:ind w:left="460"/>
-[...250 lines deleted...]
-        <w:t>Agreement;</w:t>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>The Minister and the Recipient therefore agree as follows:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B539BD3" w14:textId="77777777" w:rsidR="00C25223" w:rsidRPr="00586CBE" w:rsidRDefault="00C25223" w:rsidP="00766EC1">
-[...16 lines deleted...]
-    <w:p w14:paraId="418DC34C" w14:textId="77777777" w:rsidR="00C25223" w:rsidRPr="004D4B47" w:rsidRDefault="00187036" w:rsidP="006316C2">
+    <w:p w14:paraId="074691B0" w14:textId="77777777" w:rsidR="00E45197" w:rsidRPr="00E91E9B" w:rsidRDefault="00187036" w:rsidP="00815B3A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="460"/>
+          <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
-        <w:spacing w:before="103"/>
-[...2 lines deleted...]
-          <w:b/>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_bookmark0"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="004D4B47">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>DEFINITIONS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="768A05AF" w14:textId="77777777" w:rsidR="00C25223" w:rsidRPr="004D4B47" w:rsidRDefault="00C25223" w:rsidP="006316C2">
+    <w:p w14:paraId="768A05AF" w14:textId="3F7B078F" w:rsidR="00C25223" w:rsidRPr="00E91E9B" w:rsidRDefault="00C25223" w:rsidP="00815B3A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="460"/>
+          <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
-        <w:spacing w:before="103"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>In this Agreement, the following expressions have the following meanings:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49FCA14C" w14:textId="146D0DE6" w:rsidR="00110DA9" w:rsidRPr="00110DA9" w:rsidRDefault="00110DA9" w:rsidP="00187036">
+    <w:p w14:paraId="21E18C0C" w14:textId="77777777" w:rsidR="009A5EE9" w:rsidRDefault="00110DA9" w:rsidP="009A5EE9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="460"/>
+          <w:tab w:val="center" w:pos="720"/>
         </w:tabs>
-        <w:spacing w:before="103"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...10 lines deleted...]
-        <w:t xml:space="preserve"> means this document, Schedule A, Schedule B, and Schedule C.</w:t>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidR="00F62CD6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Aggregate data” </w:t>
+      </w:r>
+      <w:r w:rsidR="009A5EE9" w:rsidRPr="008A55CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>refers to data</w:t>
+      </w:r>
+      <w:r w:rsidR="009A5EE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> derived from personal information, that is generated, modified or anonymized</w:t>
+      </w:r>
+      <w:r w:rsidR="009A5EE9" w:rsidRPr="008A55CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009A5EE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>and presented in summary form so that it does not identify any individual;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28090AEE" w14:textId="48237296" w:rsidR="001969AF" w:rsidRDefault="001969AF" w:rsidP="00187036">
+    <w:p w14:paraId="49FCA14C" w14:textId="64C671B6" w:rsidR="00110DA9" w:rsidRPr="00E91E9B" w:rsidRDefault="00F62CD6" w:rsidP="00815B3A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="460"/>
+          <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
-        <w:spacing w:before="103"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E04B02">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00110DA9" w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:i/>
-[...57 lines deleted...]
-        <w:t>, as amended;</w:t>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Agreement”</w:t>
+      </w:r>
+      <w:r w:rsidR="00110DA9" w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> means this document, Schedule A, Schedule B, and Schedule C</w:t>
+      </w:r>
+      <w:r w:rsidR="00077475">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DF505C7" w14:textId="77777777" w:rsidR="00DC28BF" w:rsidRPr="004D4B47" w:rsidRDefault="00187036" w:rsidP="00187036">
+    <w:p w14:paraId="7DF505C7" w14:textId="2DD671BF" w:rsidR="00DC28BF" w:rsidRPr="00E91E9B" w:rsidRDefault="00187036" w:rsidP="00815B3A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="460"/>
+          <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
-        <w:spacing w:before="103"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>“Grant”</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> means the proposed grant described in Section </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00E91E9B" w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="001969AF">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00077475">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="3BEBA1C6" w14:textId="77777777" w:rsidR="004D50A2" w:rsidRDefault="004D50A2" w:rsidP="00187036">
+    <w:p w14:paraId="3BEBA1C6" w14:textId="74D06863" w:rsidR="004D50A2" w:rsidRPr="00E91E9B" w:rsidRDefault="004D50A2" w:rsidP="00815B3A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="460"/>
+          <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
-        <w:spacing w:before="103"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>“Grant Proceeds”</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> means all amounts paid to the Recipient under this </w:t>
+      </w:r>
+      <w:r w:rsidR="00E91E9B" w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Agreement and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> includes all interest and other income earned from investment of these </w:t>
+      </w:r>
+      <w:r w:rsidR="00E91E9B" w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>amounts</w:t>
+      </w:r>
+      <w:r w:rsidR="00077475">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59A9F3C8" w14:textId="4C5E7156" w:rsidR="00B535AD" w:rsidRDefault="00B535AD" w:rsidP="00187036">
+    <w:p w14:paraId="59A9F3C8" w14:textId="4C5E7156" w:rsidR="00B535AD" w:rsidRPr="00E91E9B" w:rsidRDefault="00B535AD" w:rsidP="6C04FAE6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="460"/>
+          <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
-        <w:spacing w:before="103"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6C04FAE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...32 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>“Final Grant Report”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="6C04FAE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> means</w:t>
+      </w:r>
+      <w:r w:rsidR="00866A7D" w:rsidRPr="6C04FAE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the</w:t>
       </w:r>
-      <w:r>
-[...16 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="6C04FAE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> report submitted by the Recipient to the Minister pursuant to Schedule C;</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="67FA2B1A" w14:textId="77777777" w:rsidR="004D50A2" w:rsidRDefault="004D50A2" w:rsidP="004D50A2">
+    <w:p w14:paraId="4D788D67" w14:textId="2E8D94D6" w:rsidR="00D50EAD" w:rsidRDefault="004D50A2" w:rsidP="00D50EAD">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="460"/>
+          <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
-        <w:spacing w:before="103"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>“Intellectual Property”</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> means a product of the intellect including, without limitation, works in the form of scientific discoveries, inventions or discoveries with or without patent possibilities, designs, patents, </w:t>
+      </w:r>
+      <w:r w:rsidR="00682AF8" w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>trade</w:t>
+      </w:r>
+      <w:r w:rsidR="00682AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>marks</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, copyrighted materials, computer software, trade secrets and </w:t>
+      </w:r>
+      <w:r w:rsidR="00E91E9B" w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>know-how</w:t>
+      </w:r>
+      <w:r w:rsidR="00077475">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
+      <w:r w:rsidR="00D50EAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="596988E5" w14:textId="77777777" w:rsidR="00FA2739" w:rsidRPr="00FA2739" w:rsidRDefault="00FA2739" w:rsidP="00771411">
+    <w:p w14:paraId="7B6FCE50" w14:textId="77777777" w:rsidR="004D50A2" w:rsidRDefault="004D50A2" w:rsidP="00815B3A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="460"/>
+          <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
-        <w:spacing w:before="103"/>
-[...58 lines deleted...]
-      </w:r>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="40B592BC" w14:textId="30508F68" w:rsidR="0095141D" w:rsidRDefault="00771411" w:rsidP="00771411">
+    <w:p w14:paraId="596988E5" w14:textId="226CACBB" w:rsidR="00FA2739" w:rsidRPr="00E91E9B" w:rsidRDefault="00FA2739" w:rsidP="00815B3A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="460"/>
+          <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
-        <w:spacing w:before="103"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>“Knowledge Transfer Materials”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> means </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...179 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="005C729E" w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">any </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">materials produced by the knowledge transfer activities as described in the Proposal including, without limitation, research papers, presentations, newsletters, information bulletins, and web content generated in relation to the </w:t>
+      </w:r>
+      <w:r w:rsidR="00E91E9B" w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Project</w:t>
+      </w:r>
+      <w:r w:rsidR="00077475">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10CB031A" w14:textId="77777777" w:rsidR="00771411" w:rsidRPr="0095141D" w:rsidRDefault="0095141D" w:rsidP="00771411">
+    <w:p w14:paraId="54BCC2F2" w14:textId="77777777" w:rsidR="00EB01BE" w:rsidRPr="00E91E9B" w:rsidRDefault="00EB01BE" w:rsidP="00EB01BE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="460"/>
+          <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
-        <w:spacing w:before="103"/>
-[...1 lines deleted...]
-      </w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“Open </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...52 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Information</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Materials”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>means any Final Grant Report</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, Knowledge Transfer Materials, and other supporting products</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> resulting from the Project, regardless of how they are represented, stored, produced, or acquired that is made, prepared, developed, generated, produced, edited or redacted</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in the course of the Project;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5742B6E3" w14:textId="77777777" w:rsidR="00BD5C05" w:rsidRPr="00BA3A91" w:rsidRDefault="004D50A2" w:rsidP="00BA3A91">
+    <w:p w14:paraId="688FAFCE" w14:textId="77777777" w:rsidR="00EB01BE" w:rsidRPr="00A03BD3" w:rsidRDefault="00EB01BE" w:rsidP="00EB01BE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="460"/>
+          <w:tab w:val="center" w:pos="720"/>
         </w:tabs>
-        <w:spacing w:before="103"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“Open </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Information</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Standards”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">means the Government of Alberta’s open </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>information and open data policy and standards, and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> any other standards acceptable to the Minister</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="356F1661" w14:textId="77777777" w:rsidR="004D50A2" w:rsidRPr="004D4B47" w:rsidRDefault="004D50A2" w:rsidP="004D50A2">
+    <w:p w14:paraId="5742B6E3" w14:textId="5230A80B" w:rsidR="00BD5C05" w:rsidRPr="00E91E9B" w:rsidRDefault="004D50A2" w:rsidP="00815B3A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="460"/>
+          <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
-        <w:spacing w:before="103"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>“Project”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> means the project described in the Proposal, including any modifications approved by the Minister in </w:t>
+      </w:r>
+      <w:r w:rsidR="00E91E9B" w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>writing</w:t>
+      </w:r>
+      <w:r w:rsidR="00077475">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...7 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="01BA6102" w14:textId="77777777" w:rsidR="00B535AD" w:rsidRPr="00F2483A" w:rsidRDefault="00B535AD" w:rsidP="00BF443E">
+    <w:p w14:paraId="356F1661" w14:textId="0BF098D3" w:rsidR="004D50A2" w:rsidRPr="00E91E9B" w:rsidRDefault="004D50A2" w:rsidP="00815B3A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="460"/>
+          <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
-        <w:spacing w:before="103"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...124 lines deleted...]
-        <w:t>and</w:t>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>“Proposal”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> means the Recipient’s proposal attached as Schedule </w:t>
+      </w:r>
+      <w:r w:rsidR="00E91E9B" w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="00077475">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66282E11" w14:textId="5F831572" w:rsidR="00620FA4" w:rsidRPr="00561D74" w:rsidRDefault="004D50A2" w:rsidP="00BF443E">
+    <w:p w14:paraId="01BA6102" w14:textId="1893F604" w:rsidR="00B535AD" w:rsidRPr="00E91E9B" w:rsidRDefault="00B535AD" w:rsidP="00815B3A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="460"/>
+          <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
-        <w:spacing w:before="103"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>“Recipient Data Requirements”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F2483A" w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>means any</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F2483A" w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>legal or reasonable ethical or policy</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> obligations requiring the Recipient to protect the privacy of Project participants</w:t>
+      </w:r>
+      <w:r w:rsidR="004B69BC" w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or sensitive information</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, including but not limited to the applicable terms of any research ethics approv</w:t>
+      </w:r>
+      <w:r w:rsidR="00866A7D" w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>als, research</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00866A7D" w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>agreements,</w:t>
+      </w:r>
+      <w:r w:rsidR="008C57A0" w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004B69BC" w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">information sharing agreements, </w:t>
+      </w:r>
+      <w:r w:rsidR="00866A7D" w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>policies</w:t>
+      </w:r>
+      <w:r w:rsidR="00A62A56" w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or legislation</w:t>
+      </w:r>
+      <w:r w:rsidR="00077475">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C897E8E" w14:textId="3BDA3C7B" w:rsidR="00B6415A" w:rsidRPr="00E91E9B" w:rsidRDefault="00B6415A" w:rsidP="00815B3A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="37EE03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>“Term”</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...21 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="37EE03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> means the period from the date at the beginning of this Agreement to and including </w:t>
+      </w:r>
+      <w:r w:rsidR="00E62435">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>twenty-four (</w:t>
+      </w:r>
+      <w:r w:rsidR="39B1063D" w:rsidRPr="37EE03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>24</w:t>
+      </w:r>
+      <w:r w:rsidR="00E62435">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="37EE03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> months from this date and includes any extension agreed to by the Minister.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E7C1FB1" w14:textId="77777777" w:rsidR="00FA0822" w:rsidRPr="00561D74" w:rsidRDefault="003913B3" w:rsidP="006316C2">
+    <w:p w14:paraId="48B9EB8E" w14:textId="77777777" w:rsidR="00902407" w:rsidRPr="00E91E9B" w:rsidRDefault="00902407" w:rsidP="00815B3A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E7C1FB1" w14:textId="77777777" w:rsidR="00FA0822" w:rsidRPr="00E91E9B" w:rsidRDefault="003913B3" w:rsidP="00815B3A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="460"/>
+          <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
-        <w:spacing w:before="103"/>
-[...14 lines deleted...]
-          <w:u w:val="thick" w:color="000000"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t>THE GRANT</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AD887CA" w14:textId="131E01C2" w:rsidR="00620FA4" w:rsidRPr="004D4B47" w:rsidRDefault="00265DCA" w:rsidP="006316C2">
+    <w:p w14:paraId="6AD887CA" w14:textId="4BD8A11A" w:rsidR="00620FA4" w:rsidRPr="00E91E9B" w:rsidRDefault="00265DCA" w:rsidP="00815B3A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="460"/>
+          <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
-        <w:spacing w:before="103"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Subject to the Legislature of Alberta appropriating sufficient money for the purposes of this Agreement, and subject to the terms and conditions of this Agreement</w:t>
       </w:r>
-      <w:r w:rsidR="00187036" w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00187036" w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and the Recipient’s compliance therewith</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, the Minister will provide a grant of up to</w:t>
       </w:r>
-      <w:r w:rsidR="00550D38">
-[...11 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="009B0D3F" w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009B0D3F" w:rsidRPr="00CB6DA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidR="00550D38">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="009B0D3F" w:rsidRPr="00CB6DA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> MERGEFIELD Total_Funding_Amount_Requested_ \#$,0.00</w:instrText>
       </w:r>
-      <w:r w:rsidR="00550D38">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="009B0D3F" w:rsidRPr="00CB6DA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="000D6A54">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00394919" w:rsidRPr="00CB6DA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>«Total_Funding_Amount_Requested_»</w:t>
       </w:r>
-      <w:r w:rsidR="00550D38">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="009B0D3F" w:rsidRPr="00CB6DA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...17 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00CB6DA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>to the Recipient for the purpose of the Project</w:t>
+      </w:r>
+      <w:r w:rsidR="00187036" w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00180808" w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>according to Schedule B.</w:t>
       </w:r>
-      <w:r w:rsidR="00187036" w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00187036" w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FDE3CF5" w14:textId="77777777" w:rsidR="00FA0822" w:rsidRPr="00FB2F29" w:rsidRDefault="0050233D" w:rsidP="006316C2">
+    <w:p w14:paraId="0FDE3CF5" w14:textId="77777777" w:rsidR="00FA0822" w:rsidRPr="00E91E9B" w:rsidRDefault="0050233D" w:rsidP="00815B3A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="460"/>
+          <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
-        <w:spacing w:before="103"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The Recipient shall use the Grant Proceeds solely for the Project.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EBD112B" w14:textId="77777777" w:rsidR="00FA0822" w:rsidRPr="004D4B47" w:rsidRDefault="00766EC1" w:rsidP="006316C2">
+    <w:p w14:paraId="1EBD112B" w14:textId="79329CBD" w:rsidR="00FA0822" w:rsidRPr="00E91E9B" w:rsidRDefault="00766EC1" w:rsidP="00815B3A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="460"/>
+          <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
-        <w:spacing w:before="103"/>
-[...16 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nothing in this Agreement in any way relieves the Recipient from strict compliance with the Grant </w:t>
+      </w:r>
+      <w:r w:rsidR="00815B3A" w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Regulation or</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> otherwise impacts the interpretation or application of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC28BF" w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Grant </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Regulation.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5648534B" w14:textId="77777777" w:rsidR="009D1A10" w:rsidRPr="00B70BF7" w:rsidRDefault="00265DCA" w:rsidP="006316C2">
+    <w:p w14:paraId="12856398" w14:textId="77777777" w:rsidR="002E662C" w:rsidRPr="00E91E9B" w:rsidRDefault="002E662C" w:rsidP="00815B3A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="357" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5648534B" w14:textId="77777777" w:rsidR="009D1A10" w:rsidRPr="00E91E9B" w:rsidRDefault="00265DCA" w:rsidP="00257D26">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="460"/>
+          <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
-        <w:spacing w:before="103"/>
-[...12 lines deleted...]
-          <w:u w:val="thick" w:color="000000"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t>REPORTS, RECORDS AND MONITORING</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FB058B0" w14:textId="77777777" w:rsidR="00A575CB" w:rsidRPr="00561D74" w:rsidRDefault="00A575CB" w:rsidP="006316C2">
+    <w:p w14:paraId="2FB058B0" w14:textId="77777777" w:rsidR="00A575CB" w:rsidRPr="00E91E9B" w:rsidRDefault="00A575CB" w:rsidP="00815B3A">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
-        <w:rPr>
-[...6 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>The Recipient shall submit reports to the Minister according to Schedule C.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B4715C2" w14:textId="77777777" w:rsidR="00187036" w:rsidRPr="004D4B47" w:rsidRDefault="00187036" w:rsidP="006316C2">
+    <w:p w14:paraId="1B4715C2" w14:textId="3E173D99" w:rsidR="00187036" w:rsidRPr="00DE47A8" w:rsidRDefault="00187036" w:rsidP="00815B3A">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
-        <w:rPr>
-[...8 lines deleted...]
-        <w:t>During the Term and for a period of two (2) years afterwards, the Recipient shall maintain or cause to be maintained full, accurate and complete records of the activities conducted in furtherance of, and the results achieved through the conduct of, the Project.</w:t>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">During the Term and for a period of two (2) years afterwards, the Recipient shall maintain or cause to be maintained full, accurate and complete records of the activities conducted in furtherance of, and the results achieved </w:t>
+      </w:r>
+      <w:r w:rsidR="00B672A9" w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>through,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the conduct of the Project.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="111A6156" w14:textId="77777777" w:rsidR="00187036" w:rsidRPr="004D4B47" w:rsidRDefault="00187036" w:rsidP="006316C2">
+    <w:p w14:paraId="629287A0" w14:textId="77777777" w:rsidR="00DE47A8" w:rsidRPr="00E91E9B" w:rsidRDefault="00DE47A8" w:rsidP="00DE47A8">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="111A6156" w14:textId="77777777" w:rsidR="00187036" w:rsidRPr="00E91E9B" w:rsidRDefault="00187036" w:rsidP="00815B3A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="460"/>
+          <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
-        <w:spacing w:before="103"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>During the Term and for a period of two (2) years afterwards, the</w:t>
       </w:r>
-      <w:r w:rsidR="003913B3" w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="003913B3" w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-7"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003913B3" w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="003913B3" w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Recipient</w:t>
       </w:r>
-      <w:r w:rsidR="003913B3" w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="003913B3" w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003913B3" w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="003913B3" w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>shall</w:t>
       </w:r>
-      <w:r w:rsidR="003913B3" w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="003913B3" w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-7"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003913B3" w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="003913B3" w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>maintain</w:t>
       </w:r>
-      <w:r w:rsidR="003913B3" w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="003913B3" w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">or cause to be maintained full, accurate and complete </w:t>
       </w:r>
-      <w:r w:rsidR="003913B3" w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="003913B3" w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>financial</w:t>
       </w:r>
-      <w:r w:rsidR="003913B3" w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="003913B3" w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003913B3" w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="003913B3" w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>records</w:t>
       </w:r>
-      <w:r w:rsidR="003913B3" w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="003913B3" w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003913B3" w:rsidRPr="004D4B47">
-[...5 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidR="003913B3" w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>relating</w:t>
       </w:r>
-      <w:r w:rsidR="003913B3" w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="003913B3" w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003913B3" w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="003913B3" w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>to</w:t>
       </w:r>
-      <w:r w:rsidR="003913B3" w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="003913B3" w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the receipt and expenditure of the</w:t>
       </w:r>
-      <w:r w:rsidR="003913B3" w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="003913B3" w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>G</w:t>
       </w:r>
-      <w:r w:rsidR="003913B3" w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="003913B3" w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>rant</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Proceeds and other funds received and expended for the purposes of the Project</w:t>
       </w:r>
-      <w:r w:rsidR="003913B3" w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="003913B3" w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="003913B3" w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="003913B3" w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-7"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C14DA03" w14:textId="77777777" w:rsidR="00FA0822" w:rsidRPr="004B69BC" w:rsidRDefault="003913B3" w:rsidP="006316C2">
+    <w:p w14:paraId="3C14DA03" w14:textId="0A8EA9EA" w:rsidR="00FA0822" w:rsidRPr="00E91E9B" w:rsidRDefault="003913B3" w:rsidP="00815B3A">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
-        <w:rPr>
-          <w:rFonts w:cs="Times New Roman"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>The</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Recipient,</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>during</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Term</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>for</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00863EBF" w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00863EBF" w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve">a period of </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>two</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>(2)</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>years</w:t>
       </w:r>
-      <w:r w:rsidR="00B939A3" w:rsidRPr="004D4B47">
-[...7 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00B939A3" w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00863EBF" w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t>afterwards</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>shall</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>produce</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>on</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>demand</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>to</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>any</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>representatives</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Minister,</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>or</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="27"/>
           <w:w w:val="99"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Auditor</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>General</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Alberta,</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>any</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>records</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>referred</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>to</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>in</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>section</w:t>
       </w:r>
-      <w:r w:rsidR="004B762D" w:rsidRPr="004D4B47">
-[...8 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="004B762D" w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004B762D" w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>3.2 and 3.3</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>shall</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>permit</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>those</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>representatives</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>to</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>examine</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>audit</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>these</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>records</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="30"/>
           <w:w w:val="99"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>take</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>copies</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>extracts</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>them</w:t>
       </w:r>
-      <w:r w:rsidR="0050233D" w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="006A354F">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006A354F" w:rsidRPr="006A354F">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>in accordance with the Recipient Data Requirements.  </w:t>
+      </w:r>
+      <w:r w:rsidR="0050233D" w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...5 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06FC80A8" w14:textId="712B1B00" w:rsidR="00187036" w:rsidRPr="00AF4D52" w:rsidRDefault="0050233D" w:rsidP="006316C2">
+    <w:p w14:paraId="0B58DD22" w14:textId="77777777" w:rsidR="004128D8" w:rsidRPr="00E91E9B" w:rsidRDefault="004128D8" w:rsidP="004128D8">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
-        <w:rPr>
-[...18 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="23D71218">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Recipient acknowledges that this Agreement, including the name of the Recipient, and the terms and conditions of the Grant under this Agreement, may be subject to disclosure pursuant to the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>FOIP</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">Access to Information </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014548C">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> Act</w:t>
-[...15 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+        <w:t>Act</w:t>
+      </w:r>
+      <w:r w:rsidRPr="23D71218">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. The Recipient further acknowledges that the Minister is a public body under the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>FOIP</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">Access to Information </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014548C">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> Act</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+        <w:t>Act</w:t>
+      </w:r>
+      <w:r w:rsidRPr="23D71218">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">, and that information in the custody or under control of the Minister relating to this Agreement shall be managed in accordance with the </w:t>
       </w:r>
-      <w:r w:rsidR="000F666B" w:rsidRPr="000F666B">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>FOIP Act</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">Access to Information </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014548C">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Act</w:t>
+      </w:r>
+      <w:r w:rsidRPr="23D71218">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> and any other applicable laws.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FE05F29" w14:textId="77777777" w:rsidR="00FA0822" w:rsidRPr="00561D74" w:rsidRDefault="00766EC1" w:rsidP="006316C2">
+    <w:p w14:paraId="1BD9FBAC" w14:textId="77777777" w:rsidR="002E662C" w:rsidRPr="00E91E9B" w:rsidRDefault="002E662C" w:rsidP="00815B3A">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="380" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1FE05F29" w14:textId="77777777" w:rsidR="00FA0822" w:rsidRPr="00E91E9B" w:rsidRDefault="00766EC1" w:rsidP="002020F5">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
-        <w:rPr>
-[...8 lines deleted...]
-          <w:b/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>INTELLECTUAL PROPERTY</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DAF6F39" w14:textId="77777777" w:rsidR="00FA0822" w:rsidRPr="00BA3A91" w:rsidRDefault="003577F2" w:rsidP="006316C2">
+    <w:p w14:paraId="22BF5E37" w14:textId="77777777" w:rsidR="009D56BC" w:rsidRPr="00A03BD3" w:rsidRDefault="009D56BC" w:rsidP="009D56BC">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
-        <w:rPr>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">The Recipient acknowledges and agrees that any Intellectual Property that may be generated through the Project be used for the benefit of Alberta and Albertans.  Ownership of any Intellectual Property developed through the Project will follow the policies and practices of the Recipient and agreements to which the Recipient is a party. </w:t>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Recipient </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF4F9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">acknowledges and agrees that any Intellectual Property, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF4F9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> any </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Open Information Materials and K</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF4F9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nowledge </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF4F9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>ra</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>nsfer</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF4F9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF4F9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">aterials provided by the Recipient under this Agreement, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or other products </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF4F9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>that may be generated through the Project</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>, regardless of form,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF4F9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">may </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF4F9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>be used by the Minister</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF4F9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ministry </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of Jobs, Economy, Trade and Immigration </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF4F9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">for the benefit of Alberta and Albertans. Ownership of any Intellectual Property developed </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">through the Project will follow the policies and practices of the Recipient and agreements to which the Recipient is a party. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E4ADAE9" w14:textId="6D48B463" w:rsidR="00686E8C" w:rsidRDefault="00F41EE2" w:rsidP="006316C2">
+    <w:p w14:paraId="5C7986FC" w14:textId="77777777" w:rsidR="00CE3F96" w:rsidRPr="00A03BD3" w:rsidRDefault="00CE3F96" w:rsidP="00CE3F96">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
-        <w:rPr>
-[...2 lines deleted...]
-      </w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Recipient shall, on expiry of the Term or earlier termination or within another timeframe as directed by the Minister, submit to the Minister, in a format acceptable to the Minister, the Open </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:cs="Times New Roman"/>
-[...49 lines deleted...]
-        <w:t xml:space="preserve"> the Open Data Materials.</w:t>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Information</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Materials.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Open Information Materials must comply with the Open Information Standards. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28BD0A91" w14:textId="08850F4D" w:rsidR="00FA2739" w:rsidRPr="00686E8C" w:rsidRDefault="00FA2739" w:rsidP="006316C2">
+    <w:p w14:paraId="3D3C5161" w14:textId="77777777" w:rsidR="00CE3F96" w:rsidRDefault="00CE3F96" w:rsidP="00CE3F96">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
-        <w:rPr>
-[...2 lines deleted...]
-      </w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004605EB">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Any data included in Open </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:cs="Times New Roman"/>
-[...7 lines deleted...]
-        <w:t>, which shall be provided to the Minister no later than</w:t>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Information</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004605EB">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Materials or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:cs="Times New Roman"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> up to two (2) years following the expiry or earlier termination of the Term. </w:t>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Knowledge Transfer Materials that </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> about individuals or derived from personal information must be provided</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004605EB">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to the Minister as Aggregate Data. The Recipient shall comply with Recipient Data Requirements in the course of the Project. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="774B220E" w14:textId="77777777" w:rsidR="00686E8C" w:rsidRDefault="004C2B66" w:rsidP="006316C2">
+    <w:p w14:paraId="0D46BAEA" w14:textId="031AA7D0" w:rsidR="00066E3D" w:rsidRPr="00A03BD3" w:rsidRDefault="00066E3D" w:rsidP="00066E3D">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
-        <w:rPr>
-          <w:rFonts w:cs="Times New Roman"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Recipient acknowledges and agrees that the Minister may, in the Minister’s sole and absolute discretion, post the Open </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:cs="Times New Roman"/>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
-        <w:t>Open Data Materials must comply w</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+        <w:t>Information</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
-        <w:t xml:space="preserve">ith the </w:t>
-      </w:r>
+        <w:t xml:space="preserve"> Materials on the Government of Alberta’s Open Data Portal</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>or similar platform providing public access</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE3EE6">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E86E271" w14:textId="79B0DAB3" w:rsidR="004A7C21" w:rsidRPr="00E91E9B" w:rsidRDefault="004A7C21" w:rsidP="00DE47A8">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="1077" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>(a)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00924BAB" w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>two (2) years following the expiry of the Term or earlier termination</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidR="00924BAB" w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07A9C4B3" w14:textId="072A3442" w:rsidR="00DE47A8" w:rsidRDefault="004A7C21" w:rsidP="00DE47A8">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="1077" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>(b)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00924BAB" w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>earlier with the consent of the Recipient</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF044D" w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79238185" w14:textId="77777777" w:rsidR="00DE47A8" w:rsidRDefault="00DE47A8">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:cs="Times New Roman"/>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
-        <w:t>Open Data Standards.</w:t>
+        <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18667AEF" w14:textId="77777777" w:rsidR="004A7C21" w:rsidRDefault="00FF044D" w:rsidP="006316C2">
+    <w:p w14:paraId="3D6FDAD0" w14:textId="77777777" w:rsidR="00FF044D" w:rsidRPr="00E91E9B" w:rsidRDefault="00FF044D" w:rsidP="00F257D6">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="1077" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41B86497" w14:textId="77777777" w:rsidR="0092350F" w:rsidRPr="00E91E9B" w:rsidRDefault="0092350F" w:rsidP="0092350F">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
-        <w:rPr>
-          <w:rFonts w:cs="Times New Roman"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>Without limiting subsection 4.1</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:cs="Times New Roman"/>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
-        <w:t>The Recipient acknowledges and agrees that the Minister may, in the Minister’s sole and absolute discretion, post the Open Data Materials on the Government of Alberta’s Open Data Portal</w:t>
-[...12 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+        <w:t xml:space="preserve"> and subject to subsection 4.5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
-        <w:t xml:space="preserve">or similar platform </w:t>
+        <w:t>, the Minister is hereby granted a license to use</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:cs="Times New Roman"/>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
-        <w:t>providing</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F0EF7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>produce, reproduce, publish, and communicate to the public</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:cs="Times New Roman"/>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
-        <w:t xml:space="preserve">public </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the Knowledge Transfer Materials </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:cs="Times New Roman"/>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
-        <w:t>access</w:t>
-[...4 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">and Open Information Materials </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>on a worldwide, royalty-free, perpetual, non-exclusive basis.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> The Minister may add a Government of Alberta logo to the Knowledge Transfer Materials and will acknowledge the Recipient as the author of the Knowledge Transfer Materials.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E86E271" w14:textId="77777777" w:rsidR="004A7C21" w:rsidRDefault="004A7C21" w:rsidP="004A7C21">
+    <w:p w14:paraId="35F317BB" w14:textId="77777777" w:rsidR="00857341" w:rsidRDefault="00857341" w:rsidP="00815B3A">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:ind w:left="1435"/>
-[...39 lines deleted...]
-      </w:r>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="357" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="07A9C4B3" w14:textId="77777777" w:rsidR="00FF044D" w:rsidRDefault="004A7C21" w:rsidP="004A7C21">
-[...207 lines deleted...]
-    <w:p w14:paraId="7B9D3D21" w14:textId="77777777" w:rsidR="0032575F" w:rsidRPr="005B7B76" w:rsidRDefault="0032575F" w:rsidP="006316C2">
+    <w:p w14:paraId="7B9D3D21" w14:textId="77777777" w:rsidR="0032575F" w:rsidRPr="00E91E9B" w:rsidRDefault="0032575F" w:rsidP="00AB60A9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:b/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005B7B76">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>INDEMNIFICATION AND INSURANCE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A3F1EC9" w14:textId="77777777" w:rsidR="0032575F" w:rsidRPr="00AF4D52" w:rsidRDefault="0032575F" w:rsidP="006316C2">
+    <w:p w14:paraId="6195C26A" w14:textId="4567EFBF" w:rsidR="007C2C3F" w:rsidRPr="00FA143F" w:rsidRDefault="007C2C3F" w:rsidP="00AB60A9">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="100" w:after="100"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5.1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00D23724" w:rsidRPr="00FA143F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Recipient agrees to indemnify and hold harmless the Minister and its employees and agents </w:t>
+      </w:r>
+      <w:r w:rsidR="00D23724" w:rsidRPr="00FA143F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">against and from any and all </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB60A9" w:rsidRPr="00FA143F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>third-party</w:t>
+      </w:r>
+      <w:r w:rsidR="00D23724" w:rsidRPr="00FA143F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> claims, demands, actions, or costs (including legal costs on a solicitor-client basis), and from any loss or damage to the real or personal property of the Minister to the extent arising from</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49505751" w14:textId="3DDE9C9B" w:rsidR="007C2C3F" w:rsidRPr="00042F7A" w:rsidRDefault="007C2C3F" w:rsidP="00AB60A9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1530"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="100" w:after="100"/>
+        <w:ind w:left="1077" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00042F7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the Recipient’s breach of this Agreement, or </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C58D95F" w14:textId="62D5A265" w:rsidR="00D23724" w:rsidRPr="00042F7A" w:rsidRDefault="007C2C3F" w:rsidP="00AB60A9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1530"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="100" w:after="100"/>
+        <w:ind w:left="1077" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00042F7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the negligence, other tortious act or </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB6DA2" w:rsidRPr="00042F7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>willful</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00042F7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> misconduct of the Recipient, or those for   whom the Recipient is legally responsible, in relation to the performance of the    Recipient’s obligations under this Agreement. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="428CF257" w14:textId="6F182538" w:rsidR="0032575F" w:rsidRPr="00E91E9B" w:rsidRDefault="0032575F" w:rsidP="00AB60A9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="27"/>
         </w:numPr>
-        <w:rPr>
-          <w:rFonts w:cs="Times New Roman"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005B7B76">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">The Recipient agrees to indemnify and hold harmless the Minister, its employees and agents against and from any and all third party claims, demands, actions, or costs (including legal costs on a solicitor-client basis) to the extent arising from the Recipient's breach of this Agreement, or the negligence, other tortious act or wilful misconduct of the Recipient, or those for whom the Recipient is legally responsible, in relation to the performance of its obligations under this Agreement. </w:t>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Recipient shall, at its own expense and without limiting its liabilities under this Agreement, </w:t>
+      </w:r>
+      <w:r w:rsidR="007A72E4">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="008A1E2B" w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>nsure</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> its operations under a contract of General Liability Insurance in an amount of not less than $2,000,000 inclusive per occurrence, insuring against bodily injury, personal injury and property damage including loss of use.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="428CF257" w14:textId="77777777" w:rsidR="0032575F" w:rsidRPr="005B7B76" w:rsidRDefault="0032575F" w:rsidP="006316C2">
+    <w:p w14:paraId="7ABF3D4E" w14:textId="77777777" w:rsidR="006C68D1" w:rsidRDefault="00BA4E83" w:rsidP="00AB60A9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="27"/>
         </w:numPr>
-        <w:rPr>
-[...22 lines deleted...]
-        <w:t xml:space="preserve"> its operations under a contract of General Liability Insurance in an amount of not less than $2,000,000 inclusive per occurrence, insuring against bodily injury, personal injury and property damage including loss of use.</w:t>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D476EE">
+        <w:t xml:space="preserve">The Recipient must, at its own expense and without limiting its liabilities herein obtain and maintain errors and omissions insurance, </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="_Hlk147393032"/>
+      <w:r w:rsidRPr="00D476EE">
+        <w:t>in accordance with the Alberta Insurance Act</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="00D476EE">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in an amount not less than $1,000,000 per claim insuring his or her liability resulting from errors and omissions in the performance of his or her professional services under this Agreement. Such insurance is required to remain in place for a period of twelve (12) months following the completion or termination of this Agreement. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3439CDF8" w14:textId="77777777" w:rsidR="0032575F" w:rsidRPr="005B7B76" w:rsidRDefault="0032575F" w:rsidP="006316C2">
+    <w:p w14:paraId="57573798" w14:textId="34058B29" w:rsidR="006C68D1" w:rsidRPr="006C68D1" w:rsidRDefault="006C68D1" w:rsidP="00AB60A9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="27"/>
         </w:numPr>
-        <w:rPr>
-[...73 lines deleted...]
-        <w:t xml:space="preserve"> months following the completion or termination of this Agreement. </w:t>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C68D1">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Recipient shall </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE3EE6" w:rsidRPr="006C68D1">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>provide</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C68D1">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> evidence of the insurance required under sections 5.2 and 5.3 to the Minister in a format acceptable to the Minister.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="289F7F2F" w14:textId="77777777" w:rsidR="0032575F" w:rsidRPr="004A7C21" w:rsidRDefault="0032575F" w:rsidP="006316C2">
+    <w:p w14:paraId="5BA1CA7F" w14:textId="77777777" w:rsidR="008A1E2B" w:rsidRPr="00E91E9B" w:rsidRDefault="008A1E2B" w:rsidP="00AB60A9">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="1435" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="09DEEA9F" w14:textId="77777777" w:rsidR="00FA0822" w:rsidRPr="00E91E9B" w:rsidRDefault="00766EC1" w:rsidP="00AB60A9">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>CONFLICT OF INTEREST</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47DB803F" w14:textId="77777777" w:rsidR="0006238F" w:rsidRPr="00E91E9B" w:rsidRDefault="003577F2" w:rsidP="00AB60A9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="28"/>
         </w:numPr>
-        <w:rPr>
-[...31 lines deleted...]
-        <w:t xml:space="preserve"> to the Minister in a format acceptable to the Minister.</w:t>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>The Recipient shall ensure that the Recipient and its employees, directors, officers, contractors and agents:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09DEEA9F" w14:textId="77777777" w:rsidR="00FA0822" w:rsidRPr="00561D74" w:rsidRDefault="00766EC1" w:rsidP="006316C2">
-[...54 lines deleted...]
-    <w:p w14:paraId="4AD3CA5A" w14:textId="77777777" w:rsidR="0006238F" w:rsidRPr="004D4B47" w:rsidRDefault="0050233D" w:rsidP="006316C2">
+    <w:p w14:paraId="4AD3CA5A" w14:textId="77777777" w:rsidR="0006238F" w:rsidRDefault="0050233D" w:rsidP="00AB60A9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
-        <w:ind w:left="2160" w:hanging="720"/>
-[...17 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="1077" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>conduct their duties related to this Agreement with impartiality and shall disqualify themselves from dealing with anyone with whom a relationship could bring their impartiality into question;</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="3A06B3E4" w14:textId="77777777" w:rsidR="0006238F" w:rsidRPr="004D4B47" w:rsidRDefault="0050233D" w:rsidP="006316C2">
+    <w:p w14:paraId="3A06B3E4" w14:textId="3D07B2A5" w:rsidR="00CB130F" w:rsidRDefault="0050233D" w:rsidP="00AB60A9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
-        <w:ind w:left="2160" w:hanging="720"/>
-[...17 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="1077" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>not influence, seek to influence, or otherwise take part in a decision of the Minister, knowing that the decision might further their private interests;</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="2E2FF976" w14:textId="77777777" w:rsidR="0006238F" w:rsidRPr="004D4B47" w:rsidRDefault="0050233D" w:rsidP="006316C2">
+    <w:p w14:paraId="6B5D3F20" w14:textId="77777777" w:rsidR="00CB130F" w:rsidRDefault="00CB130F">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B17D9B4" w14:textId="77777777" w:rsidR="0006238F" w:rsidRDefault="0006238F" w:rsidP="00CB130F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E2FF976" w14:textId="076AFB57" w:rsidR="00F257D6" w:rsidRDefault="0050233D" w:rsidP="00AB60A9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
-        <w:ind w:left="2160" w:hanging="720"/>
-[...22 lines deleted...]
-        <w:t xml:space="preserve"> or other benefit that is connected, directly or indirectly, with the performance of their duties related to this Agreement, that causes, or would appear to cause, a conflict of interest; and</w:t>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="1077" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>not accept any commission, discount, allowance, payment, gift or other benefit that is connected, directly or indirectly, with the performance of their duties related to this Agreement, that causes, or would appear to cause, a conflict of interest; and</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0181F039" w14:textId="77777777" w:rsidR="0050233D" w:rsidRPr="004D4B47" w:rsidRDefault="0050233D" w:rsidP="006316C2">
+    <w:p w14:paraId="0181F039" w14:textId="77777777" w:rsidR="0050233D" w:rsidRPr="00E91E9B" w:rsidRDefault="0050233D" w:rsidP="00AB60A9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
-        <w:ind w:left="2160" w:hanging="720"/>
-[...6 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="1077" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>have no financial interest in the business of a third party that causes, or would appear to cause, a conflict of interest in connection with the performance of their duties related to this Agreement.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70E971B4" w14:textId="77777777" w:rsidR="00FA0822" w:rsidRPr="004D4B47" w:rsidRDefault="003577F2" w:rsidP="006316C2">
+    <w:p w14:paraId="70E971B4" w14:textId="77777777" w:rsidR="00FA0822" w:rsidRPr="00E91E9B" w:rsidRDefault="003577F2" w:rsidP="00AB60A9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="28"/>
         </w:numPr>
-        <w:rPr>
-[...6 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">The Recipient shall promptly disclose to the Minister any conflict of interest or apparent conflict of interest arising under section </w:t>
       </w:r>
-      <w:r w:rsidR="00771411">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00771411" w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidR="003E065C" w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="003E065C" w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>.1</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46BBECAB" w14:textId="77777777" w:rsidR="00FA0822" w:rsidRPr="00561D74" w:rsidRDefault="003913B3" w:rsidP="006316C2">
+    <w:p w14:paraId="3448495C" w14:textId="77777777" w:rsidR="00045890" w:rsidRPr="00E91E9B" w:rsidRDefault="00045890" w:rsidP="00AB60A9">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="357" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="46BBECAB" w14:textId="77777777" w:rsidR="00FA0822" w:rsidRPr="00E91E9B" w:rsidRDefault="003913B3" w:rsidP="00AB60A9">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="28"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="460"/>
+          <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
-        <w:rPr>
-          <w:rFonts w:cs="Times New Roman"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-        </w:rPr>
-[...7 lines deleted...]
-          <w:u w:val="thick" w:color="000000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="_bookmark2"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:spacing w:val="-1"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t>TERMINATION</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
           <w:spacing w:val="-10"/>
-          <w:u w:val="thick" w:color="000000"/>
-[...6 lines deleted...]
-          <w:u w:val="thick" w:color="000000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA4532" w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">OR </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...3 lines deleted...]
-          <w:u w:val="thick" w:color="000000"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:spacing w:val="-1"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t>COMPLETION</w:t>
       </w:r>
-      <w:bookmarkStart w:id="2" w:name="_bookmark3"/>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkStart w:id="3" w:name="_bookmark3"/>
+      <w:bookmarkEnd w:id="3"/>
     </w:p>
-    <w:p w14:paraId="32733F41" w14:textId="77777777" w:rsidR="0050233D" w:rsidRPr="004D4B47" w:rsidRDefault="0050233D" w:rsidP="006316C2">
+    <w:p w14:paraId="32733F41" w14:textId="77777777" w:rsidR="0050233D" w:rsidRPr="00E91E9B" w:rsidRDefault="0050233D" w:rsidP="00AB60A9">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="28"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="460"/>
+          <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
-        <w:rPr>
-          <w:rFonts w:cs="Times New Roman"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004D4B47">
-[...5 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
         <w:t>The</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>parties</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>by</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>mutual</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D6158C" w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00D6158C" w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve">written </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>agreement</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>may</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>terminate</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>this</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...8 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Agreement</w:t>
       </w:r>
-      <w:r w:rsidR="00B852A7" w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00B852A7" w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>at</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>any</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="20"/>
           <w:w w:val="99"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>time.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A4E6002" w14:textId="77777777" w:rsidR="00FA0822" w:rsidRPr="004D4B47" w:rsidRDefault="00766EC1" w:rsidP="006316C2">
+    <w:p w14:paraId="0A4E6002" w14:textId="3809A515" w:rsidR="00FA0822" w:rsidRPr="00E91E9B" w:rsidRDefault="00766EC1" w:rsidP="00AB60A9">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="28"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="460"/>
+          <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
-        <w:rPr>
-          <w:rFonts w:cs="Times New Roman"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004D4B47">
-[...8 lines deleted...]
-      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>The Minister may terminate this Agreement without cause on thirty (30) days written notice to the Recipient</w:t>
+      </w:r>
+      <w:r w:rsidR="0091357A" w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>This Agreement is terminated as of the date given in the termination notice</w:t>
+      </w:r>
+      <w:r w:rsidR="0091357A" w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="4" w:name="_bookmark4"/>
+      <w:bookmarkEnd w:id="4"/>
     </w:p>
-    <w:p w14:paraId="7BC5D376" w14:textId="77777777" w:rsidR="00DF142C" w:rsidRPr="004D4B47" w:rsidRDefault="003913B3" w:rsidP="006316C2">
+    <w:p w14:paraId="7BC5D376" w14:textId="1E3CF7A8" w:rsidR="00DF142C" w:rsidRPr="00E91E9B" w:rsidRDefault="003913B3" w:rsidP="00AB60A9">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="28"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="460"/>
+          <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
-        <w:rPr>
-          <w:rFonts w:cs="Times New Roman"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Notwithstanding</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>anything</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>contained</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>herein</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>to</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>contrary,</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Minister</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>may</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>request,</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="29"/>
           <w:w w:val="99"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Recipient</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>shall</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>refund</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>forthwith,</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>all</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>or</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>part</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00301CEA" w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00301CEA" w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>G</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>rant</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00301CEA" w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00301CEA" w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>roceeds</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>to</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Minister</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="27"/>
           <w:w w:val="99"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>should</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Recipient</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>fail</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>to</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>fulfill</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>any</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>term</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D93F50" w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00D93F50" w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>or</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>condition</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D93F50" w:rsidRPr="004D4B47">
-[...41 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00D93F50" w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of this </w:t>
+      </w:r>
+      <w:r w:rsidR="008A1E2B" w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t>Agreement</w:t>
+      </w:r>
+      <w:r w:rsidR="00171748" w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t>. T</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>he</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Minister</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>shall</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>have</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>absolute</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>discretion</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>in</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>determining</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>whether</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>term</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>or</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>condition</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>is</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="28"/>
           <w:w w:val="99"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>fulfilled.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F4E528C" w14:textId="77777777" w:rsidR="00DF142C" w:rsidRPr="004A7C21" w:rsidRDefault="003913B3" w:rsidP="006316C2">
+    <w:p w14:paraId="7BCF72DD" w14:textId="77777777" w:rsidR="008A1E2B" w:rsidRPr="00E91E9B" w:rsidRDefault="008A1E2B" w:rsidP="00AB60A9">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="357" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F4E528C" w14:textId="77777777" w:rsidR="00DF142C" w:rsidRPr="00E91E9B" w:rsidRDefault="003913B3" w:rsidP="00AB60A9">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="28"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="460"/>
+          <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
-        <w:rPr>
-[...33 lines deleted...]
-          <w:u w:val="thick" w:color="000000"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:spacing w:val="-1"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:spacing w:val="-1"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>GENERAL PROVISIONS</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF142C" w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:spacing w:val="-1"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AC1A84A" w14:textId="77777777" w:rsidR="005A34FC" w:rsidRPr="004A7C21" w:rsidRDefault="005A34FC" w:rsidP="006316C2">
+    <w:p w14:paraId="2AC1A84A" w14:textId="77777777" w:rsidR="005A34FC" w:rsidRPr="00E91E9B" w:rsidRDefault="005A34FC" w:rsidP="00AB60A9">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="28"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="460"/>
+          <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
-        <w:rPr>
-[...7 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>In the event of any inconsistency or conflict between Schedule A and the rest of this Agreement, including the body of this Agreement, Schedule B and Schedule C, the rest of this Agreement shall govern.</w:t>
       </w:r>
-      <w:r w:rsidR="00187036" w:rsidRPr="004A7C21">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00187036" w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6261FA38" w14:textId="77777777" w:rsidR="00FA0822" w:rsidRPr="004D4B47" w:rsidRDefault="003913B3" w:rsidP="006316C2">
+    <w:p w14:paraId="6261FA38" w14:textId="77777777" w:rsidR="00FA0822" w:rsidRPr="00E91E9B" w:rsidRDefault="003913B3" w:rsidP="00AB60A9">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="28"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="460"/>
+          <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
-        <w:rPr>
-          <w:rFonts w:cs="Times New Roman"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>The</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>parties</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>may,</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>by</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>mutual</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>agreement</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>in</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>writing,</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>add to,</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...2 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>delete</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...2 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>or</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>amend</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>any</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>term</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00770B3B" w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00770B3B" w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>or</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="22"/>
           <w:w w:val="99"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>condition</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>this</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Agreement.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63C9204A" w14:textId="77777777" w:rsidR="00DF142C" w:rsidRPr="004D4B47" w:rsidRDefault="00DF142C" w:rsidP="006316C2">
+    <w:p w14:paraId="63C9204A" w14:textId="77777777" w:rsidR="00DF142C" w:rsidRPr="00E91E9B" w:rsidRDefault="00DF142C" w:rsidP="00AB60A9">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="28"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="460"/>
+          <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
-        <w:rPr>
-          <w:rFonts w:cs="Times New Roman"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>This</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Agreement</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>shall</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>not</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>be</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>assigned</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>by</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Recipient</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>without</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>prior</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>written</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>consent</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="29"/>
           <w:w w:val="99"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Minister.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35E8B0F1" w14:textId="77777777" w:rsidR="00DF142C" w:rsidRPr="004D4B47" w:rsidRDefault="00DF142C" w:rsidP="006316C2">
+    <w:p w14:paraId="35E8B0F1" w14:textId="77777777" w:rsidR="00DF142C" w:rsidRPr="00E91E9B" w:rsidRDefault="00DF142C" w:rsidP="00AB60A9">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="28"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="460"/>
+          <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
-        <w:rPr>
-          <w:rFonts w:cs="Times New Roman"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>This</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Agreement</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>is</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>binding</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>upon</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>parties’</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>successors</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>assignees</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AD8E345" w14:textId="77777777" w:rsidR="00DF142C" w:rsidRPr="004D4B47" w:rsidRDefault="00DF142C" w:rsidP="006316C2">
+    <w:p w14:paraId="086B1052" w14:textId="77777777" w:rsidR="002E7BF2" w:rsidRDefault="00DF142C" w:rsidP="002E7BF2">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="28"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="460"/>
+          <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
-        <w:rPr>
-          <w:rFonts w:cs="Times New Roman"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004D4B47">
-[...36 lines deleted...]
-        <w:t xml:space="preserve"> or commitments except as expressed in this Agreement.</w:t>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t>This Agreement is the entire agreement between the Minister and the Recipient with respect to the Project and the Grant and supersedes all previous agreements, negotiations and understandings</w:t>
+      </w:r>
+      <w:r w:rsidR="0091357A" w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t>There are no agreements, representations, warranties, terms, conditions or commitments except as expressed in this Agreement.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D93A01D" w14:textId="77777777" w:rsidR="00DF142C" w:rsidRPr="004D4B47" w:rsidRDefault="00DF142C" w:rsidP="006316C2">
+    <w:p w14:paraId="2CF2D13D" w14:textId="0774255F" w:rsidR="00CB130F" w:rsidRDefault="002E7BF2" w:rsidP="002E7BF2">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="28"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="460"/>
+          <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
-        <w:rPr>
-          <w:rFonts w:cs="Times New Roman"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E7BF2">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t>No waiver of any provision of this Agreement is effective unless made in writing, and any such waiver has effect only in respect of the particular provision or circumstance stated in the waiver. No representation by either of the parties with respect to the performance of any obligation under this Agreement can give rise to an estoppel unless the representation is made in writing.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DCA63C3" w14:textId="77777777" w:rsidR="00CB130F" w:rsidRDefault="00CB130F">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FA13B7E" w14:textId="77777777" w:rsidR="002E7BF2" w:rsidRPr="002E7BF2" w:rsidRDefault="002E7BF2" w:rsidP="00CB130F">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004D4B47">
-[...35 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="13724E68" w14:textId="77777777" w:rsidR="00DF142C" w:rsidRPr="004D4B47" w:rsidRDefault="00DF142C" w:rsidP="006316C2">
+    <w:p w14:paraId="13724E68" w14:textId="2AB33EFB" w:rsidR="00F257D6" w:rsidRDefault="00DF142C" w:rsidP="006C68D1">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="28"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="460"/>
+          <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
-        <w:rPr>
-[...7 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>The</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Minister’s</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>responsibility</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>pursuant</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>to</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>this</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Agreement</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>is</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>limited</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>solely</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>to</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>provision</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="21"/>
           <w:w w:val="99"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>financial</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>assistance</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>in</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>accordance</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>with</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>terms</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>conditions</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>set</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>out</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>herein.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2336A567" w14:textId="77777777" w:rsidR="00FA0822" w:rsidRPr="004D4B47" w:rsidRDefault="003913B3" w:rsidP="006316C2">
+    <w:p w14:paraId="2336A567" w14:textId="36AAD5C9" w:rsidR="00FA0822" w:rsidRPr="00E91E9B" w:rsidRDefault="003913B3" w:rsidP="006C68D1">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="28"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="460"/>
+          <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
-        <w:rPr>
-          <w:rFonts w:cs="Times New Roman"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Nothing</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>in</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>this</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Agreement</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...18 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="009A1FD3" w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>makes or</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>shall</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>construed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>make</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>Recipient</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>or</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...2 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...9 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>any</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:spacing w:val="25"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>its</w:t>
+      </w:r>
+      <w:r w:rsidR="001969AF" w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001969AF" w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>employees, directors, officers, contractors or agents</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>an</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...8 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>agent</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...9 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>Minister.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>Nothing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...169 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>this</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...112 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Agreement</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="20"/>
           <w:w w:val="99"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>creates,</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>or</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>shall</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>be</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>construed</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>to</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>create</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00770B3B" w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00770B3B" w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-7"/>
         </w:rPr>
-        <w:t>an agency, partnership, joint venture or employment relationship</w:t>
-[...10 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">an agency, partnership, joint venture or employment relationship </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>between</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Minister</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Recipient</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>or</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>any</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>its</w:t>
       </w:r>
-      <w:r w:rsidR="001969AF">
-[...9 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="001969AF" w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001969AF" w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
-        <w:t>employees, dire</w:t>
-[...37 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+        <w:t>employees, directors, officers, contractors or agents</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02742E0C" w14:textId="77777777" w:rsidR="00FA0822" w:rsidRPr="004D4B47" w:rsidRDefault="003913B3" w:rsidP="006316C2">
+    <w:p w14:paraId="02742E0C" w14:textId="77777777" w:rsidR="00FA0822" w:rsidRPr="00E91E9B" w:rsidRDefault="003913B3" w:rsidP="006C68D1">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="28"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="460"/>
+          <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
-        <w:rPr>
-          <w:rFonts w:cs="Times New Roman"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>The</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Recipient</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>shall</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>not</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>incur</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>any expenses</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>or</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>debts</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>on</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>behalf</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>of,</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>nor</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>make</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>any</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="27"/>
           <w:w w:val="99"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>commitments</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>for</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Minister.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E173CBB" w14:textId="77777777" w:rsidR="00DF142C" w:rsidRPr="004D4B47" w:rsidRDefault="00DF142C" w:rsidP="006316C2">
+    <w:p w14:paraId="3E173CBB" w14:textId="77777777" w:rsidR="00DF142C" w:rsidRPr="00E91E9B" w:rsidRDefault="00DF142C" w:rsidP="006C68D1">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="28"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="460"/>
+          <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
-        <w:rPr>
-          <w:rFonts w:cs="Times New Roman"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>The</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Minister</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>may,</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>in</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003F5514">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="003F5514" w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>the Minister’s</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>sole</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>absolute</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>discretion,</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>delegate</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve">any </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>duties,</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>powers</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>or</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="29"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>functions</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>relating</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>to</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>provisions</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>this</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Agreement.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C819885" w14:textId="195D4E07" w:rsidR="00DF142C" w:rsidRPr="001969AF" w:rsidRDefault="003577F2" w:rsidP="006316C2">
+    <w:p w14:paraId="1C819885" w14:textId="2599014E" w:rsidR="00DF142C" w:rsidRPr="00E91E9B" w:rsidRDefault="003577F2" w:rsidP="006C68D1">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="28"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="460"/>
+          <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
-        <w:rPr>
-          <w:rFonts w:cs="Times New Roman"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004A7C21">
-[...5 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
         <w:t>All</w:t>
       </w:r>
-      <w:r w:rsidRPr="00931644">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve"> notices, approvals, </w:t>
-[...4 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+        <w:t xml:space="preserve"> notices, approvals, consents and other communication under this Agreement shall be in writing and will be effective when delivered in person, by mail, e-mail </w:t>
+      </w:r>
+      <w:r w:rsidR="004B17FF" w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
-        <w:t>consents</w:t>
-[...4 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">or </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E91E9B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and other communication under this Agreement shall be in writing and will be effective when delivered in person, by mail, e-mail </w:t>
-[...14 lines deleted...]
-        </w:rPr>
         <w:t>couriered to the following respective addresses:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32C4F4D8" w14:textId="77777777" w:rsidR="001969AF" w:rsidRDefault="001969AF" w:rsidP="00DF142C">
+    <w:p w14:paraId="48F1C3BB" w14:textId="77777777" w:rsidR="00DF142C" w:rsidRPr="003D1D7C" w:rsidRDefault="00DF142C" w:rsidP="00045890">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:ind w:left="1435"/>
-[...17 lines deleted...]
-          <w:b/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="357"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:spacing w:val="20"/>
           <w:w w:val="99"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D1D7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="thick" w:color="000000"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t>Minister’s</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="003D1D7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:spacing w:val="-26"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="thick" w:color="000000"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="004D4B47">
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D1D7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Representative</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FADCC49" w14:textId="77777777" w:rsidR="003D1D7C" w:rsidRDefault="003D1D7C" w:rsidP="00443CE2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="357"/>
+        </w:tabs>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="1440"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D1D7C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...12 lines deleted...]
-        <w:ind w:left="1435"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Position</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003D1D7C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:spacing w:val="21"/>
-[...76 lines deleted...]
-      <w:r w:rsidRPr="001969AF">
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D1D7C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="50"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:sdt>
-[...30 lines deleted...]
-      </w:sdt>
+      <w:r w:rsidRPr="003D1D7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="50"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="003D1D7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Executive</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003D1D7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Director</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="465A7EB6" w14:textId="682BEF3A" w:rsidR="00DF142C" w:rsidRPr="001969AF" w:rsidRDefault="00DF142C" w:rsidP="00DF142C">
+    <w:p w14:paraId="38AB8784" w14:textId="209643A5" w:rsidR="003D1D7C" w:rsidRPr="003D1D7C" w:rsidRDefault="003D1D7C" w:rsidP="00443CE2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="357"/>
+        </w:tabs>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="1440"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D1D7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Division</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003D1D7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D1D7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="003D1D7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Safe</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003D1D7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, Fair and Healthy Workplaces</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2697E33C" w14:textId="1F870260" w:rsidR="003D1D7C" w:rsidRDefault="003D1D7C" w:rsidP="00443CE2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="357"/>
+        </w:tabs>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="1440"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D1D7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ministry:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D1D7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Jobs, Economy</w:t>
+      </w:r>
+      <w:r w:rsidR="00E506F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D1D7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Trade</w:t>
+      </w:r>
+      <w:r w:rsidR="00E506F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and Immigration</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B27B11C" w14:textId="77777777" w:rsidR="003D1D7C" w:rsidRDefault="003D1D7C" w:rsidP="00443CE2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="357"/>
+        </w:tabs>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="1440"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D1D7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Address</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003D1D7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D1D7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>601</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003D1D7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, Commerce Place</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1806AD86" w14:textId="31A16F1A" w:rsidR="003D1D7C" w:rsidRDefault="003D1D7C" w:rsidP="793AF8E7">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="357"/>
+        </w:tabs>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="2160"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D1D7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>10155 – 102 Street NW</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F89A495" w14:textId="192FFD02" w:rsidR="003D1D7C" w:rsidRDefault="003D1D7C" w:rsidP="793AF8E7">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="357"/>
+        </w:tabs>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="2160"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D1D7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Edmonton, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003D1D7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>AB  T</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003D1D7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5J 3G8</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56A13D4C" w14:textId="6427A249" w:rsidR="003D1D7C" w:rsidRPr="003D1D7C" w:rsidRDefault="003D1D7C" w:rsidP="00443CE2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="357"/>
+        </w:tabs>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="1440"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D1D7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Email: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D1D7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="003D1D7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>SPHIFR@gov.ab.ca</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32AEFC3E" w14:textId="77777777" w:rsidR="00DF142C" w:rsidRPr="003D1D7C" w:rsidRDefault="00DF142C" w:rsidP="00045890">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:ind w:left="1435"/>
-[...391 lines deleted...]
-          <w:b/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="357"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="20"/>
           <w:w w:val="99"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...8 lines deleted...]
-          <w:u w:val="thick" w:color="000000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D1D7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t>Recipient's</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="003D1D7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-28"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="thick" w:color="000000"/>
-[...10 lines deleted...]
-          <w:u w:val="thick" w:color="000000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D1D7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t>Representative</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="003D1D7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="20"/>
           <w:w w:val="99"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E0F9F33" w14:textId="734116A2" w:rsidR="00DF142C" w:rsidRPr="004D4B47" w:rsidRDefault="00DF142C" w:rsidP="00DF142C">
+    <w:p w14:paraId="68A91752" w14:textId="77777777" w:rsidR="00E91E9B" w:rsidRPr="00A03BD3" w:rsidRDefault="00E91E9B" w:rsidP="00E91E9B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:ind w:left="1435"/>
-[...30 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="357"/>
+        </w:tabs>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="2160" w:hanging="720"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Name:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="003D1D7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidR="001301B5">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="003D1D7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> MERGEFIELD Signing_Authority_First_Name </w:instrText>
       </w:r>
-      <w:r w:rsidR="001301B5">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="003D1D7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="000D6A54">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="003D1D7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...7 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>«Signing_Authority_First</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and Last</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D1D7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>_Name»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D1D7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="001301B5">
-[...13 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="003D1D7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39F08466" w14:textId="77777777" w:rsidR="00E91E9B" w:rsidRDefault="00E91E9B" w:rsidP="00E91E9B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="357"/>
+        </w:tabs>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="2160" w:hanging="720"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Position:  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="003D1D7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidR="001301B5">
-[...13 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="003D1D7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> MERGEFIELD Signing_Authority_Position </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="003D1D7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="000D6A54">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="003D1D7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...7 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>«Signing_Authority_Position»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D1D7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="385B6F13" w14:textId="1F5AF62A" w:rsidR="00DF142C" w:rsidRPr="004D4B47" w:rsidRDefault="00DF142C" w:rsidP="00DF142C">
+    <w:p w14:paraId="5B140E33" w14:textId="68788F1B" w:rsidR="00E91E9B" w:rsidRPr="00A03BD3" w:rsidRDefault="00E91E9B" w:rsidP="0D61867C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:ind w:left="1435"/>
-[...30 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="357"/>
+        </w:tabs>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="2160" w:hanging="720"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0D61867C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Organization</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0D61867C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0D61867C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0D61867C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Signing_Organization</w:t>
+      </w:r>
+      <w:r w:rsidR="190D64F7" w:rsidRPr="0D61867C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>_Legal_Name</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0D61867C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B71AFDE" w14:textId="77777777" w:rsidR="00E91E9B" w:rsidRPr="00A03BD3" w:rsidRDefault="00E91E9B" w:rsidP="00E91E9B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="357"/>
+        </w:tabs>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="2160" w:hanging="720"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Address:  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="003D1D7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidR="001301B5">
-[...13 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="003D1D7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> MERGEFIELD Street_address </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="003D1D7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="000D6A54">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="003D1D7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...7 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>«Street_address»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D1D7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
+      <w:r w:rsidRPr="003D1D7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D1D7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="003D1D7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> MERGEFIELD PO_box </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="003D1D7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="003D1D7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>«PO_box»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D1D7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="26C0F602" w14:textId="4507FEE0" w:rsidR="00DF142C" w:rsidRDefault="00DF142C" w:rsidP="00DF142C">
+    <w:p w14:paraId="0475C5EB" w14:textId="489F1992" w:rsidR="00E91E9B" w:rsidRDefault="00E91E9B" w:rsidP="793AF8E7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:ind w:left="1435"/>
-[...30 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="357"/>
+        </w:tabs>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="2160"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="793AF8E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidR="001301B5">
-[...13 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="793AF8E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> MERGEFIELD citytown </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="793AF8E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="000D6A54">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="793AF8E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...7 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>«citytown»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="793AF8E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="001301B5">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="793AF8E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="793AF8E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="793AF8E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> MERGEFIELD provinceterritory </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="793AF8E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="793AF8E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>«provinceterritory»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="793AF8E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="793AF8E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidR="001301B5">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="793AF8E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidR="001301B5">
-[...13 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="793AF8E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> MERGEFIELD postal_code </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="793AF8E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="000D6A54">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="793AF8E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...7 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>«postal_code»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="793AF8E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C2E20BE" w14:textId="3608659C" w:rsidR="001301B5" w:rsidRPr="004D4B47" w:rsidRDefault="001301B5" w:rsidP="001301B5">
+    <w:p w14:paraId="5BB9B74C" w14:textId="7FC68B56" w:rsidR="106AFB31" w:rsidRDefault="106AFB31" w:rsidP="0D61867C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:ind w:left="2250"/>
-[...6 lines deleted...]
-      </w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="357"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="2160" w:hanging="720"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0D61867C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Telephone</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0D61867C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB60A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00AB60A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>&lt;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AB60A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>&lt;</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB60A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>telephone_number</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB60A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>&gt;&gt;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E307823" w14:textId="40B1EA49" w:rsidR="00E91E9B" w:rsidRPr="00E91E9B" w:rsidRDefault="00E91E9B" w:rsidP="00E91E9B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="357"/>
+        </w:tabs>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="2160" w:hanging="720"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Email</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008B310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r>
-[...13 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="008B310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> MERGEFIELD signing_authority_email_address </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="008B310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="000D6A54">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="008B310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...7 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>«signing_authority_email_address»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r>
-[...108 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="53AA76DA" w14:textId="68110D5E" w:rsidR="00DF142C" w:rsidRPr="004D4B47" w:rsidRDefault="000D7B1C" w:rsidP="00DF142C">
-[...175 lines deleted...]
-    <w:p w14:paraId="6408C553" w14:textId="77777777" w:rsidR="00DF142C" w:rsidRPr="00AE48CE" w:rsidRDefault="00DF142C" w:rsidP="00561D74">
+    <w:p w14:paraId="6408C553" w14:textId="2312CB08" w:rsidR="00DF142C" w:rsidRPr="00A03BD3" w:rsidRDefault="00DF142C" w:rsidP="793AF8E7">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="820"/>
+          <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
-        <w:ind w:left="1435"/>
-[...6 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="793AF8E7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Each</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="793AF8E7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="793AF8E7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>party</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="793AF8E7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="793AF8E7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>shall</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="793AF8E7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="793AF8E7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>give</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="793AF8E7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="793AF8E7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="793AF8E7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="793AF8E7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>other</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="793AF8E7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="793AF8E7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>party</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="793AF8E7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="793AF8E7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>notice</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="793AF8E7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="793AF8E7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>in</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="793AF8E7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="793AF8E7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>writing</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="793AF8E7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="793AF8E7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="793AF8E7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="793AF8E7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>any</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="793AF8E7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="793AF8E7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>change</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="793AF8E7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="793AF8E7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>in</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="793AF8E7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="793AF8E7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>address.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F86EB8D" w14:textId="77777777" w:rsidR="00265DCA" w:rsidRPr="00F1502D" w:rsidRDefault="00265DCA" w:rsidP="006316C2">
+    <w:p w14:paraId="3F86EB8D" w14:textId="77777777" w:rsidR="00265DCA" w:rsidRPr="00A03BD3" w:rsidRDefault="00265DCA" w:rsidP="006C68D1">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="28"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="460"/>
+          <w:tab w:val="left" w:pos="357"/>
         </w:tabs>
-        <w:rPr>
-[...33 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>The Recipient shall comply with all statutes, regulations, orders, licenses and permits applicable to the Recipient in carrying out the Project</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE2B8C" w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3607575D" w14:textId="77777777" w:rsidR="003913B3" w:rsidRPr="00F1502D" w:rsidRDefault="003913B3" w:rsidP="006316C2">
+    <w:p w14:paraId="3607575D" w14:textId="77777777" w:rsidR="003913B3" w:rsidRPr="00A03BD3" w:rsidRDefault="003913B3" w:rsidP="006C68D1">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="28"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="460"/>
+          <w:tab w:val="left" w:pos="357"/>
         </w:tabs>
-        <w:rPr>
-[...7 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>This Agreement is governed by and is to be construed in accordance with the laws of the Province of Alberta. The parties to this Agreement hereby irrevocably and unconditionally attorn to the exclusive jurisdiction of the courts of the Province of Alberta.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52AF6E24" w14:textId="77777777" w:rsidR="004D5E18" w:rsidRPr="00F1502D" w:rsidRDefault="004D5E18" w:rsidP="006316C2">
+    <w:p w14:paraId="52AF6E24" w14:textId="77777777" w:rsidR="004D5E18" w:rsidRPr="00A03BD3" w:rsidRDefault="004D5E18" w:rsidP="006C68D1">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="28"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="460"/>
+          <w:tab w:val="left" w:pos="357"/>
         </w:tabs>
-        <w:rPr>
-[...6 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>Time is of the essence of this Agreement.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F212F60" w14:textId="77777777" w:rsidR="004D5E18" w:rsidRPr="00F1502D" w:rsidRDefault="004D5E18" w:rsidP="006316C2">
+    <w:p w14:paraId="2F212F60" w14:textId="2108114F" w:rsidR="00F257D6" w:rsidRDefault="004D5E18" w:rsidP="006C68D1">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="28"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="460"/>
+          <w:tab w:val="left" w:pos="357"/>
         </w:tabs>
-        <w:rPr>
-[...6 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>All section headings in this Agreement have been included for convenience only and shall not be considered in interpreting the text of this Agreement.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2723369D" w14:textId="77777777" w:rsidR="004D5E18" w:rsidRPr="00F1502D" w:rsidRDefault="004D5E18" w:rsidP="006316C2">
+    <w:p w14:paraId="1F26729F" w14:textId="77777777" w:rsidR="004D5E18" w:rsidRPr="00A03BD3" w:rsidRDefault="004D5E18" w:rsidP="00F257D6">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="357"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2723369D" w14:textId="77777777" w:rsidR="004D5E18" w:rsidRPr="00A03BD3" w:rsidRDefault="004D5E18" w:rsidP="006C68D1">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="28"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="460"/>
+          <w:tab w:val="left" w:pos="357"/>
         </w:tabs>
-        <w:rPr>
-[...6 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">In this Agreement, words in the singular </w:t>
       </w:r>
-      <w:r w:rsidR="00730EB0" w:rsidRPr="00F1502D">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00730EB0" w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>will be construed to include the plural,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F1502D">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> words in the plural</w:t>
       </w:r>
-      <w:r w:rsidR="00730EB0" w:rsidRPr="00F1502D">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00730EB0" w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> will be construed to</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F1502D">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> include the singular</w:t>
       </w:r>
-      <w:r w:rsidR="00730EB0" w:rsidRPr="00F1502D">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00730EB0" w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F1502D">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> and words, regardless of the gender in which they are used, will be construed to include the masculine, feminine, or body corporate, as the context may require.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CF2FC7B" w14:textId="77777777" w:rsidR="00AB53E7" w:rsidRPr="00F1502D" w:rsidRDefault="00AB53E7" w:rsidP="006316C2">
+    <w:p w14:paraId="0CF2FC7B" w14:textId="77777777" w:rsidR="00AB53E7" w:rsidRPr="00A03BD3" w:rsidRDefault="00AB53E7" w:rsidP="006C68D1">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="28"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="460"/>
+          <w:tab w:val="left" w:pos="357"/>
         </w:tabs>
-        <w:rPr>
-[...7 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve">Notwithstanding any other provisions of this Agreement, sections 3, 4, </w:t>
       </w:r>
-      <w:r w:rsidR="00F7136C" w:rsidRPr="00F1502D">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00F7136C" w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>5.1, 5.3</w:t>
       </w:r>
-      <w:r w:rsidR="006834A7" w:rsidRPr="00F1502D">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="006834A7" w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00771411" w:rsidRPr="00F1502D">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00771411" w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F1502D">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>, and Schedule C shall survive this Agreement and shall continue to bind the parties.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60CCAD2F" w14:textId="77777777" w:rsidR="00AF447F" w:rsidRPr="00F1502D" w:rsidRDefault="00AF447F" w:rsidP="003913B3">
+    <w:p w14:paraId="445C762E" w14:textId="77777777" w:rsidR="00AF447F" w:rsidRDefault="00AF447F" w:rsidP="002E662C">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:spacing w:before="69"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="119"/>
         <w:rPr>
-          <w:rFonts w:cs="Times New Roman"/>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="271CCE40" w14:textId="77777777" w:rsidR="003913B3" w:rsidRPr="004D4B47" w:rsidRDefault="003913B3" w:rsidP="003913B3">
+    <w:p w14:paraId="3C89720F" w14:textId="77777777" w:rsidR="00CB130F" w:rsidRPr="00A03BD3" w:rsidRDefault="00CB130F" w:rsidP="002E662C">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:spacing w:before="69"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="119"/>
         <w:rPr>
-          <w:rFonts w:cs="Times New Roman"/>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="271CCE40" w14:textId="77777777" w:rsidR="003913B3" w:rsidRPr="00A03BD3" w:rsidRDefault="003913B3" w:rsidP="00904E6C">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>On</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>signature</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>by</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Minister</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Recipient,</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
         </w:rPr>
         <w:t>terms</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve">conditions </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
         </w:rPr>
         <w:t>any</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
         </w:rPr>
         <w:t>attached</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
           <w:spacing w:val="27"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00DE2B8C" w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00DE2B8C" w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Schedules</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
         </w:rPr>
         <w:t>together</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
         </w:rPr>
         <w:t>form</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Agreement.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17212F7D" w14:textId="77777777" w:rsidR="00AF447F" w:rsidRPr="004D4B47" w:rsidRDefault="00AF447F" w:rsidP="00AF447F">
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid2"/>
+        <w:tblW w:w="9072" w:type="dxa"/>
+        <w:tblInd w:w="357" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3969"/>
+        <w:gridCol w:w="1134"/>
+        <w:gridCol w:w="3969"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00904E6C" w:rsidRPr="00904E6C" w14:paraId="29EFA3A3" w14:textId="77777777" w:rsidTr="00E91E9B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="00F29343" w14:textId="18E4D3A9" w:rsidR="00904E6C" w:rsidRPr="00904E6C" w:rsidRDefault="00FD490F" w:rsidP="00FD490F">
+            <w:pPr>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00904E6C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Recipient or Authorized Representative:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7508209E" w14:textId="77777777" w:rsidR="00904E6C" w:rsidRPr="00904E6C" w:rsidRDefault="00904E6C" w:rsidP="00904E6C">
+            <w:pPr>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="53D83ED7" w14:textId="1E6124D4" w:rsidR="00FD490F" w:rsidRPr="00904E6C" w:rsidRDefault="00FD490F" w:rsidP="00FD490F">
+            <w:pPr>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD490F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Minister or Authorized Representative:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00904E6C" w:rsidRPr="00904E6C" w14:paraId="2151FC1A" w14:textId="77777777" w:rsidTr="00E91E9B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="69655C69" w14:textId="77777777" w:rsidR="00904E6C" w:rsidRPr="00904E6C" w:rsidRDefault="00904E6C" w:rsidP="00904E6C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="70970AD3" w14:textId="77777777" w:rsidR="00904E6C" w:rsidRPr="00904E6C" w:rsidRDefault="00904E6C" w:rsidP="00904E6C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7454F6D4" w14:textId="77777777" w:rsidR="00904E6C" w:rsidRPr="00904E6C" w:rsidRDefault="00904E6C" w:rsidP="00904E6C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A8E1D85" w14:textId="77777777" w:rsidR="00904E6C" w:rsidRPr="00904E6C" w:rsidRDefault="00904E6C" w:rsidP="00904E6C">
+            <w:pPr>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="390F76EC" w14:textId="77777777" w:rsidR="00904E6C" w:rsidRPr="00904E6C" w:rsidRDefault="00904E6C" w:rsidP="00904E6C">
+            <w:pPr>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00904E6C" w:rsidRPr="00904E6C" w14:paraId="0E02A59D" w14:textId="77777777" w:rsidTr="00E91E9B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6141260B" w14:textId="77777777" w:rsidR="00904E6C" w:rsidRPr="00904E6C" w:rsidRDefault="00904E6C" w:rsidP="00904E6C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00904E6C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Name</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6870FA87" w14:textId="77777777" w:rsidR="00904E6C" w:rsidRPr="00904E6C" w:rsidRDefault="00904E6C" w:rsidP="00904E6C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="51480740" w14:textId="77777777" w:rsidR="00904E6C" w:rsidRPr="00904E6C" w:rsidRDefault="00904E6C" w:rsidP="00904E6C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="534B05E7" w14:textId="77777777" w:rsidR="00904E6C" w:rsidRPr="00904E6C" w:rsidRDefault="00904E6C" w:rsidP="00904E6C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="002E5F17" w14:textId="77777777" w:rsidR="00904E6C" w:rsidRPr="00904E6C" w:rsidRDefault="00904E6C" w:rsidP="00904E6C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00904E6C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Name</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00904E6C" w:rsidRPr="00904E6C" w14:paraId="598B678B" w14:textId="77777777" w:rsidTr="00E91E9B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="16982A9E" w14:textId="77777777" w:rsidR="00904E6C" w:rsidRPr="00904E6C" w:rsidRDefault="00904E6C" w:rsidP="00904E6C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00904E6C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Position</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66A7A22E" w14:textId="77777777" w:rsidR="00904E6C" w:rsidRPr="00904E6C" w:rsidRDefault="00904E6C" w:rsidP="00904E6C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1BC77B48" w14:textId="77777777" w:rsidR="00904E6C" w:rsidRPr="00904E6C" w:rsidRDefault="00904E6C" w:rsidP="00904E6C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4ED13C11" w14:textId="77777777" w:rsidR="00904E6C" w:rsidRPr="00904E6C" w:rsidRDefault="00904E6C" w:rsidP="00904E6C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4BFA39E2" w14:textId="77777777" w:rsidR="00904E6C" w:rsidRPr="00904E6C" w:rsidRDefault="00904E6C" w:rsidP="00904E6C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00904E6C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Position</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00904E6C" w:rsidRPr="00904E6C" w14:paraId="2E15D9B7" w14:textId="77777777" w:rsidTr="00E91E9B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="54103488" w14:textId="77777777" w:rsidR="00904E6C" w:rsidRPr="00904E6C" w:rsidRDefault="00904E6C" w:rsidP="00904E6C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00904E6C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Signature</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0CBC3AF9" w14:textId="77777777" w:rsidR="00904E6C" w:rsidRPr="00904E6C" w:rsidRDefault="00904E6C" w:rsidP="00904E6C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2560A3E3" w14:textId="77777777" w:rsidR="00904E6C" w:rsidRPr="00904E6C" w:rsidRDefault="00904E6C" w:rsidP="00904E6C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="077BFADC" w14:textId="77777777" w:rsidR="00904E6C" w:rsidRPr="00904E6C" w:rsidRDefault="00904E6C" w:rsidP="00904E6C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3A5370A9" w14:textId="77777777" w:rsidR="00904E6C" w:rsidRPr="00904E6C" w:rsidRDefault="00904E6C" w:rsidP="00904E6C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00904E6C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Signature</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00904E6C" w:rsidRPr="00904E6C" w14:paraId="3A298657" w14:textId="77777777" w:rsidTr="00E91E9B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="174DFE8D" w14:textId="77777777" w:rsidR="00904E6C" w:rsidRPr="00904E6C" w:rsidRDefault="00904E6C" w:rsidP="00904E6C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00904E6C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Date</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="262B1C20" w14:textId="77777777" w:rsidR="00904E6C" w:rsidRPr="00904E6C" w:rsidRDefault="00904E6C" w:rsidP="00904E6C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5EE2B43E" w14:textId="77777777" w:rsidR="00904E6C" w:rsidRPr="00904E6C" w:rsidRDefault="00904E6C" w:rsidP="00904E6C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00904E6C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Date</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="35919553" w14:textId="3BDEDEF0" w:rsidR="00CB61CD" w:rsidRPr="00A03BD3" w:rsidRDefault="00CB61CD" w:rsidP="002E662C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3745EF0E" w14:textId="3E3E23FC" w:rsidR="00AE48CE" w:rsidRPr="00483CA7" w:rsidRDefault="007851F7" w:rsidP="00483CA7">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00AE48CE" w:rsidRPr="00483CA7" w:rsidSect="00A8666B">
+          <w:headerReference w:type="default" r:id="rId8"/>
+          <w:footerReference w:type="default" r:id="rId9"/>
+          <w:footerReference w:type="first" r:id="rId10"/>
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="567" w:footer="567" w:gutter="0"/>
+          <w:cols w:space="720"/>
+          <w:docGrid w:linePitch="299"/>
+        </w:sectPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="040799DD" w14:textId="77777777" w:rsidR="00483CA7" w:rsidRDefault="00483CA7" w:rsidP="00581E38">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:contextualSpacing/>
+        <w:mirrorIndents/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="10F0CC4C" w14:textId="0199CAD9" w:rsidR="00BB0870" w:rsidRPr="003B2A3E" w:rsidRDefault="00BB0870" w:rsidP="00581E38">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:contextualSpacing/>
+        <w:mirrorIndents/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:spacing w:val="-1"/>
-[...3 lines deleted...]
-      </w:pPr>
+          <w:bCs/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B2A3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>SCHEDULE A – PROPOSAL</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6F2797C3" w14:textId="77777777" w:rsidR="003913B3" w:rsidRPr="004D4B47" w:rsidRDefault="003913B3" w:rsidP="00AF447F">
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="00DA3BC8" w14:textId="77777777" w:rsidR="00BB0870" w:rsidRPr="00A03BD3" w:rsidRDefault="00BB0870" w:rsidP="003B2A3E">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:contextualSpacing/>
+        <w:mirrorIndents/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01E8ED06" w14:textId="77777777" w:rsidR="00AA658A" w:rsidRDefault="00AA658A" w:rsidP="00AA658A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:contextualSpacing/>
+        <w:mirrorIndents/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:spacing w:val="-1"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C2FE278" w14:textId="057F5B94" w:rsidR="00020753" w:rsidRPr="00AA658A" w:rsidRDefault="00020753" w:rsidP="00AA658A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:contextualSpacing/>
+        <w:mirrorIndents/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:spacing w:val="2"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA658A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:spacing w:val="-1"/>
-[...3 lines deleted...]
-        <w:t>OFFICER</w:t>
+          <w:bCs/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>SCHEDULE B</w:t>
+      </w:r>
+      <w:r w:rsidR="00C33662" w:rsidRPr="00AA658A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00300C4C" w:rsidRPr="00AA658A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00C33662" w:rsidRPr="00AA658A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> PAYMENT</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CF60D5F" w14:textId="77777777" w:rsidR="003913B3" w:rsidRPr="004D4B47" w:rsidRDefault="003913B3" w:rsidP="00AF447F">
-[...6 lines deleted...]
-          <w:szCs w:val="24"/>
+    <w:p w14:paraId="740FCE03" w14:textId="77777777" w:rsidR="00F1502D" w:rsidRPr="00A03BD3" w:rsidRDefault="00F1502D" w:rsidP="00581E38">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:contextualSpacing/>
+        <w:mirrorIndents/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="521672C4" w14:textId="77777777" w:rsidR="007C4B1D" w:rsidRDefault="003913B3" w:rsidP="00AF447F">
-[...1 lines deleted...]
-        <w:pStyle w:val="BodyText"/>
+    <w:p w14:paraId="1D5F40AE" w14:textId="77777777" w:rsidR="00180808" w:rsidRPr="00A03BD3" w:rsidRDefault="00180808" w:rsidP="00AA658A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="4580"/>
-          <w:tab w:val="left" w:pos="6779"/>
+          <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
-        <w:spacing w:before="0"/>
-[...11 lines deleted...]
-        <w:t>Signature:</w:t>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:mirrorIndents/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The Grant shall be paid to the Recipient in the following manner:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DE5B432" w14:textId="77777777" w:rsidR="007C4B1D" w:rsidRDefault="007C4B1D" w:rsidP="00AF447F">
-[...1 lines deleted...]
-        <w:pStyle w:val="BodyText"/>
+    <w:p w14:paraId="6A4102CA" w14:textId="0E1FBBC9" w:rsidR="00180808" w:rsidRPr="000D20D3" w:rsidRDefault="00BD11E5" w:rsidP="00245633">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="4580"/>
-          <w:tab w:val="left" w:pos="6779"/>
+          <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
-        <w:spacing w:before="0"/>
-[...5 lines deleted...]
-      </w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:mirrorIndents/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>O</w:t>
+      </w:r>
+      <w:r w:rsidR="00180808" w:rsidRPr="000D20D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ne lump sum payment of up to </w:t>
+      </w:r>
+      <w:r w:rsidR="009B0D3F" w:rsidRPr="00F257D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="009B0D3F" w:rsidRPr="00F257D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> MERGEFIELD Total_Funding_Amount_Requested_ \#$,0.00</w:instrText>
+      </w:r>
+      <w:r w:rsidR="009B0D3F" w:rsidRPr="00F257D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00394919" w:rsidRPr="00F257D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>«Total_Funding_Amount_Requested_»</w:t>
+      </w:r>
+      <w:r w:rsidR="009B0D3F" w:rsidRPr="00F257D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00180808" w:rsidRPr="000D20D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to be paid within a reasonable time following the signing of this Agreement. </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6F3E40DF" w14:textId="77777777" w:rsidR="007C4B1D" w:rsidRDefault="007C4B1D" w:rsidP="00AF447F">
-[...1 lines deleted...]
-        <w:pStyle w:val="BodyText"/>
+    <w:p w14:paraId="6958B7CF" w14:textId="77777777" w:rsidR="00AE48CE" w:rsidRDefault="00AE48CE" w:rsidP="00AA658A">
+      <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="4580"/>
-          <w:tab w:val="left" w:pos="6779"/>
+          <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
-        <w:spacing w:before="0"/>
-[...3 lines deleted...]
-          <w:spacing w:val="-1"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:mirrorIndents/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6BA0D28D" w14:textId="77777777" w:rsidR="007C4B1D" w:rsidRDefault="007C4B1D" w:rsidP="00AF447F">
-[...1 lines deleted...]
-        <w:pStyle w:val="BodyText"/>
+    <w:p w14:paraId="1AD4A767" w14:textId="77777777" w:rsidR="00AA658A" w:rsidRPr="00A03BD3" w:rsidRDefault="00AA658A" w:rsidP="00AA658A">
+      <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="4580"/>
-          <w:tab w:val="left" w:pos="6779"/>
+          <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
-        <w:spacing w:before="0"/>
-[...451 lines deleted...]
-          <w:b/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:mirrorIndents/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:sectPr w:rsidR="00AE48CE">
-[...82 lines deleted...]
-          <w:footerReference w:type="first" r:id="rId15"/>
+        <w:sectPr w:rsidR="00AA658A" w:rsidRPr="00A03BD3" w:rsidSect="001904D0">
+          <w:headerReference w:type="first" r:id="rId11"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="2016" w:right="1325" w:bottom="1066" w:left="1325" w:header="850" w:footer="864" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid w:linePitch="299"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1C2FE278" w14:textId="77777777" w:rsidR="00020753" w:rsidRDefault="00020753" w:rsidP="00561D74">
+    <w:p w14:paraId="631B1F10" w14:textId="77777777" w:rsidR="00AA658A" w:rsidRDefault="00AA658A" w:rsidP="00581E38">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="460"/>
+          <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
-        <w:spacing w:before="103"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:contextualSpacing/>
+        <w:mirrorIndents/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00561D74">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:p>
+    <w:p w14:paraId="6B26E9D8" w14:textId="1954BE74" w:rsidR="00F1502D" w:rsidRPr="00AA658A" w:rsidRDefault="007B420C" w:rsidP="00581E38">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:contextualSpacing/>
+        <w:mirrorIndents/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA658A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">SCHEDULE C </w:t>
+      </w:r>
+      <w:r w:rsidR="005A34FC" w:rsidRPr="00AA658A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
-      <w:r w:rsidR="00C33662" w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00AA658A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve"> PAYMENT</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004C3DDA" w:rsidRPr="00AA658A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">GRANT </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA658A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>REPORTS</w:t>
+      </w:r>
+      <w:r w:rsidR="005A34FC" w:rsidRPr="00AA658A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> AND RETURN OF FUNDS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="740FCE03" w14:textId="77777777" w:rsidR="00F1502D" w:rsidRPr="004D4B47" w:rsidRDefault="00F1502D" w:rsidP="00561D74">
-      <w:pPr>
+    <w:p w14:paraId="2B09E8E7" w14:textId="77777777" w:rsidR="00AA658A" w:rsidRDefault="00AA658A" w:rsidP="00581E38">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="460"/>
+          <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
-        <w:spacing w:before="103"/>
-[...7 lines deleted...]
-          <w:u w:val="single"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="450"/>
+        <w:contextualSpacing/>
+        <w:mirrorIndents/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1D5F40AE" w14:textId="77777777" w:rsidR="00180808" w:rsidRPr="00561D74" w:rsidRDefault="00180808" w:rsidP="006316C2">
+    <w:p w14:paraId="2DB1726C" w14:textId="77777777" w:rsidR="000A20DD" w:rsidRDefault="000A20DD" w:rsidP="00EB607C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="460"/>
+          <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
-        <w:spacing w:before="103"/>
-[...51 lines deleted...]
-        <w:t>in the following manner:</w:t>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="357" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="_Hlk198893670"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>All reports must contain the information and be in a format specified by or acceptable to the Minister.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A4102CA" w14:textId="4D3400AB" w:rsidR="00180808" w:rsidRPr="00B22756" w:rsidRDefault="00180808" w:rsidP="00561D74">
+    <w:p w14:paraId="70CCE829" w14:textId="77777777" w:rsidR="005B70F9" w:rsidRDefault="005B70F9" w:rsidP="005B70F9">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="460"/>
+          <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
-        <w:spacing w:before="103"/>
-[...86 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00496407">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Select the applicable reporting requirements, delete the alternatives that do not apply and delete italicized text.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B14E655" w14:textId="77777777" w:rsidR="00BF443E" w:rsidRPr="00B22756" w:rsidRDefault="00180808" w:rsidP="00300C4C">
+    <w:p w14:paraId="4EB53C1D" w14:textId="77777777" w:rsidR="006F5CF4" w:rsidRDefault="006F5CF4" w:rsidP="006F5CF4">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="460"/>
+          <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
-        <w:spacing w:before="103"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00496407">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Alternative A</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:tab/>
+          <w:iCs/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – V</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00496407">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>alue of the Grant is $100,000.00 or less</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BD53ABF" w14:textId="77777777" w:rsidR="00300C4C" w:rsidRPr="00B22756" w:rsidRDefault="00300C4C" w:rsidP="00300C4C">
+    <w:p w14:paraId="19D00E1D" w14:textId="77777777" w:rsidR="006F5CF4" w:rsidRPr="00496407" w:rsidRDefault="006F5CF4" w:rsidP="006F5CF4">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="460"/>
+          <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
-        <w:spacing w:before="103"/>
-[...6 lines deleted...]
-      </w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00496407">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Alternative </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>B – V</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00496407">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>alue of the Grant is over $</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>100,000.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00496407">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>00</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="4E3B927E" w14:textId="77777777" w:rsidR="00300C4C" w:rsidRPr="00B22756" w:rsidRDefault="00300C4C" w:rsidP="00180808">
-      <w:pPr>
+    <w:p w14:paraId="3AD8A4DD" w14:textId="77777777" w:rsidR="00EB607C" w:rsidRPr="00A03BD3" w:rsidRDefault="00EB607C" w:rsidP="00EB607C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="460"/>
+          <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
-        <w:spacing w:before="103"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5E6FD532" w14:textId="77777777" w:rsidR="00180808" w:rsidRPr="00B22756" w:rsidRDefault="00180808" w:rsidP="00180808">
-[...964 lines deleted...]
-    <w:p w14:paraId="7F09FC20" w14:textId="77777777" w:rsidR="009E5B2E" w:rsidRPr="004D4B47" w:rsidRDefault="009E5B2E" w:rsidP="006316C2">
+    <w:p w14:paraId="0B7F77DF" w14:textId="77777777" w:rsidR="000A20DD" w:rsidRPr="00A03BD3" w:rsidRDefault="000A20DD" w:rsidP="00EB607C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
-        <w:ind w:left="1440" w:hanging="990"/>
-[...6 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="357" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>The Recipient shall submit to the Minister interim reports which shall include an assessment of the progress of the Project according to the following schedule:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="1440" w:type="dxa"/>
+        <w:tblInd w:w="720" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4068"/>
-        <w:gridCol w:w="4072"/>
+        <w:gridCol w:w="4253"/>
+        <w:gridCol w:w="4253"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009E5B2E" w:rsidRPr="004D4B47" w14:paraId="092347F3" w14:textId="77777777" w:rsidTr="00675415">
+      <w:tr w:rsidR="000A20DD" w:rsidRPr="00A03BD3" w14:paraId="314E5FF3" w14:textId="77777777" w:rsidTr="00583248">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4183" w:type="dxa"/>
+            <w:tcW w:w="4253" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D1A56A1" w14:textId="77777777" w:rsidR="009E5B2E" w:rsidRPr="00D214C0" w:rsidRDefault="009E5B2E" w:rsidP="00675415">
+          <w:p w14:paraId="3426694C" w14:textId="77777777" w:rsidR="000A20DD" w:rsidRPr="00A03BD3" w:rsidRDefault="000A20DD" w:rsidP="00D1757D">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:tabs>
-                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
+              <w:adjustRightInd w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
-                <w:b/>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004D4B47">
+            <w:r w:rsidRPr="00A03BD3">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
-                <w:b/>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Reporting Period</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4183" w:type="dxa"/>
+            <w:tcW w:w="4253" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="367A33D5" w14:textId="77777777" w:rsidR="009E5B2E" w:rsidRPr="004D4B47" w:rsidRDefault="009E5B2E" w:rsidP="00675415">
+          <w:p w14:paraId="40A266CB" w14:textId="77777777" w:rsidR="000A20DD" w:rsidRPr="00A03BD3" w:rsidRDefault="000A20DD" w:rsidP="00D1757D">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:tabs>
-                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
+              <w:adjustRightInd w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
-                <w:b/>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004D4B47">
+            <w:r w:rsidRPr="00A03BD3">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
-                <w:b/>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Submission Deadline</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009E5B2E" w:rsidRPr="004D4B47" w14:paraId="4D939D23" w14:textId="77777777" w:rsidTr="00675415">
+      <w:tr w:rsidR="000A20DD" w:rsidRPr="00A03BD3" w14:paraId="0AD3BEFD" w14:textId="77777777" w:rsidTr="00583248">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4183" w:type="dxa"/>
+            <w:tcW w:w="4253" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="298BF964" w14:textId="77777777" w:rsidR="009E5B2E" w:rsidRPr="004D4B47" w:rsidRDefault="009E5B2E" w:rsidP="00675415">
+          <w:p w14:paraId="26C3BDD4" w14:textId="3FEDCD1E" w:rsidR="000A20DD" w:rsidRPr="00A03BD3" w:rsidRDefault="000A20DD" w:rsidP="00D1757D">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:tabs>
-                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
+              <w:adjustRightInd w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
               <w:ind w:left="0"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
-                <w:b/>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004D4B47">
+            <w:r w:rsidRPr="00A03BD3">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t>from the date at the beginning of this Agreement</w:t>
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> to </w:t>
+              <w:t xml:space="preserve">from the date of this Agreement to </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:rFonts w:cs="Times New Roman"/>
+                  <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:alias w:val="Reporting Period End Date"/>
                 <w:tag w:val="Reporting Period End Date"/>
                 <w:id w:val="223806979"/>
                 <w:placeholder>
-                  <w:docPart w:val="6685F163933E42AB8D8A40804E645064"/>
+                  <w:docPart w:val="C47539C6BF2642898C21D1EB55A35F8F"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:date>
                   <w:dateFormat w:val="MMMM d, yyyy"/>
                   <w:lid w:val="en-US"/>
                   <w:storeMappedDataAs w:val="dateTime"/>
                   <w:calendar w:val="gregorian"/>
                 </w:date>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="004D4B47">
+                <w:r w:rsidRPr="00A03BD3">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
-                    <w:rFonts w:cs="Times New Roman"/>
+                    <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
                   </w:rPr>
                   <w:t>Click here to enter date.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4183" w:type="dxa"/>
+            <w:tcW w:w="4253" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="79EB2912" w14:textId="77777777" w:rsidR="009E5B2E" w:rsidRPr="004D4B47" w:rsidRDefault="006F2460" w:rsidP="00675415">
+          <w:p w14:paraId="3E562B9B" w14:textId="77777777" w:rsidR="000A20DD" w:rsidRPr="00A03BD3" w:rsidRDefault="00000000" w:rsidP="00D1757D">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:tabs>
-                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
+              <w:adjustRightInd w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
               <w:ind w:left="0"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
-                <w:b/>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:rFonts w:cs="Times New Roman"/>
+                  <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:alias w:val="Report Due Date"/>
                 <w:tag w:val="Report Due Date"/>
                 <w:id w:val="-1984995738"/>
                 <w:placeholder>
-                  <w:docPart w:val="60D6327B82EE4E5FA37E40567CA534AE"/>
+                  <w:docPart w:val="36D84E67759546258B4D52BDA9069AD6"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:date>
                   <w:dateFormat w:val="MMMM d, yyyy"/>
                   <w:lid w:val="en-US"/>
                   <w:storeMappedDataAs w:val="dateTime"/>
                   <w:calendar w:val="gregorian"/>
                 </w:date>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="009E5B2E" w:rsidRPr="004D4B47">
+                <w:r w:rsidR="000A20DD" w:rsidRPr="00A03BD3">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
-                    <w:rFonts w:cs="Times New Roman"/>
+                    <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
                   </w:rPr>
-                  <w:t xml:space="preserve">Click here to enter </w:t>
-[...6 lines deleted...]
-                  <w:t>date.</w:t>
+                  <w:t>Click here to enter date.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009E5B2E" w:rsidRPr="004D4B47" w14:paraId="7DF29ACC" w14:textId="77777777" w:rsidTr="00675415">
+      <w:tr w:rsidR="000A20DD" w:rsidRPr="00A03BD3" w14:paraId="69B0EB74" w14:textId="77777777" w:rsidTr="00583248">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4183" w:type="dxa"/>
+            <w:tcW w:w="4253" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="33001C76" w14:textId="77777777" w:rsidR="009E5B2E" w:rsidRPr="004D4B47" w:rsidRDefault="009E5B2E" w:rsidP="00675415">
+          <w:p w14:paraId="7852B60A" w14:textId="77777777" w:rsidR="000A20DD" w:rsidRPr="00A03BD3" w:rsidRDefault="000A20DD" w:rsidP="00D1757D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:tabs>
-                <w:tab w:val="left" w:pos="460"/>
+                <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
-              <w:spacing w:before="103"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00A03BD3">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>f</w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">from </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:alias w:val="Reporting Period Start Date"/>
                 <w:tag w:val="Reporting Period Start Date"/>
-                <w:id w:val="1357230275"/>
+                <w:id w:val="218486571"/>
                 <w:placeholder>
-                  <w:docPart w:val="CF9720FFF4E74260824A496299ED4403"/>
+                  <w:docPart w:val="DEEAC5D16C6C479EB80759E4FB212679"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:date>
                   <w:dateFormat w:val="MMMM d, yyyy"/>
                   <w:lid w:val="en-US"/>
                   <w:storeMappedDataAs w:val="dateTime"/>
                   <w:calendar w:val="gregorian"/>
                 </w:date>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="00561D74">
+                <w:r w:rsidRPr="00A03BD3">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
-                    <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>Click here to enter date.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r>
+            <w:r w:rsidRPr="00A03BD3">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">  to</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve"> to </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:alias w:val="Reporting Period End Date"/>
                 <w:tag w:val="Reporting Period End Date"/>
                 <w:id w:val="-1157308929"/>
                 <w:placeholder>
-                  <w:docPart w:val="9967FCC9E3694A158097345551E2AEEA"/>
+                  <w:docPart w:val="5FF3974014124E268B4F14DEF27F5A0F"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:date>
                   <w:dateFormat w:val="MMMM d, yyyy"/>
                   <w:lid w:val="en-US"/>
                   <w:storeMappedDataAs w:val="dateTime"/>
                   <w:calendar w:val="gregorian"/>
                 </w:date>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="00561D74">
+                <w:r w:rsidRPr="00A03BD3">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
-                    <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>Click here to enter date.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4183" w:type="dxa"/>
+            <w:tcW w:w="4253" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="26509F0E" w14:textId="77777777" w:rsidR="009E5B2E" w:rsidRPr="004D4B47" w:rsidRDefault="006F2460" w:rsidP="00675415">
+          <w:p w14:paraId="181E9E70" w14:textId="77777777" w:rsidR="000A20DD" w:rsidRPr="00A03BD3" w:rsidRDefault="00000000" w:rsidP="00D1757D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:tabs>
-                <w:tab w:val="left" w:pos="460"/>
+                <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
-              <w:spacing w:before="103"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:alias w:val="Report Due Date"/>
                 <w:tag w:val="Report Due Date"/>
                 <w:id w:val="-293221678"/>
                 <w:placeholder>
-                  <w:docPart w:val="8E2BC91AE16A4759A65664B60308E105"/>
+                  <w:docPart w:val="01D61F49D8D8472CAC94C9BC2A0558A1"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:date>
                   <w:dateFormat w:val="MMMM d, yyyy"/>
                   <w:lid w:val="en-US"/>
                   <w:storeMappedDataAs w:val="dateTime"/>
                   <w:calendar w:val="gregorian"/>
                 </w:date>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="009E5B2E" w:rsidRPr="00561D74">
+                <w:r w:rsidR="000A20DD" w:rsidRPr="00A03BD3">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
-                    <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>Click here to enter date.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009E5B2E" w:rsidRPr="004D4B47" w14:paraId="4E7987D4" w14:textId="77777777" w:rsidTr="00675415">
+      <w:tr w:rsidR="000A20DD" w:rsidRPr="00A03BD3" w14:paraId="10E74F91" w14:textId="77777777" w:rsidTr="00583248">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4183" w:type="dxa"/>
+            <w:tcW w:w="4253" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5F298595" w14:textId="77777777" w:rsidR="009E5B2E" w:rsidRPr="00561D74" w:rsidRDefault="009E5B2E" w:rsidP="00675415">
+          <w:p w14:paraId="4345A6E5" w14:textId="77777777" w:rsidR="000A20DD" w:rsidRPr="00A03BD3" w:rsidRDefault="000A20DD" w:rsidP="00D1757D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:tabs>
-                <w:tab w:val="left" w:pos="460"/>
+                <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
-              <w:spacing w:before="103"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00A03BD3">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>f</w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">from </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:alias w:val="Reporting Period Start Date"/>
                 <w:tag w:val="Reporting Period Start Date"/>
-                <w:id w:val="332880360"/>
+                <w:id w:val="-1923172008"/>
                 <w:placeholder>
-                  <w:docPart w:val="E2529C1DF3C44E498D1FD93EF992A466"/>
+                  <w:docPart w:val="94969407C9C244D884B6EBDF6F1510CE"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:date>
                   <w:dateFormat w:val="MMMM d, yyyy"/>
                   <w:lid w:val="en-US"/>
                   <w:storeMappedDataAs w:val="dateTime"/>
                   <w:calendar w:val="gregorian"/>
                 </w:date>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
-                <w:r w:rsidRPr="00561D74">
+                <w:r w:rsidRPr="00A03BD3">
                   <w:rPr>
-                    <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>Click here to enter date.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r>
+            <w:r w:rsidRPr="00A03BD3">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">  to</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve"> to </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:alias w:val="Reporting Period End Date"/>
                 <w:tag w:val="Reporting Period End Date"/>
                 <w:id w:val="107323278"/>
                 <w:placeholder>
-                  <w:docPart w:val="C58D5CE3C7604CD099691DA956B98ED6"/>
+                  <w:docPart w:val="EF8C340609FC4609B5553C9F1FEF353C"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:date>
                   <w:dateFormat w:val="MMMM d, yyyy"/>
                   <w:lid w:val="en-US"/>
                   <w:storeMappedDataAs w:val="dateTime"/>
                   <w:calendar w:val="gregorian"/>
                 </w:date>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="00561D74">
+                <w:r w:rsidRPr="00A03BD3">
                   <w:rPr>
-                    <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>Click here to enter date.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4183" w:type="dxa"/>
+            <w:tcW w:w="4253" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="56F6A089" w14:textId="77777777" w:rsidR="009E5B2E" w:rsidRPr="00561D74" w:rsidRDefault="006F2460" w:rsidP="00675415">
+          <w:p w14:paraId="62206C4A" w14:textId="77777777" w:rsidR="000A20DD" w:rsidRPr="00A03BD3" w:rsidRDefault="00000000" w:rsidP="00D1757D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:tabs>
-                <w:tab w:val="left" w:pos="460"/>
+                <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
-              <w:spacing w:before="103"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:alias w:val="Report Due Date"/>
                 <w:tag w:val="Report Due Date"/>
                 <w:id w:val="158666780"/>
                 <w:placeholder>
-                  <w:docPart w:val="7D19433CC9974E708C6C6ADF9232555A"/>
+                  <w:docPart w:val="9F5797AD902C46BABF8779678745D9B0"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:date>
                   <w:dateFormat w:val="MMMM d, yyyy"/>
                   <w:lid w:val="en-US"/>
                   <w:storeMappedDataAs w:val="dateTime"/>
                   <w:calendar w:val="gregorian"/>
                 </w:date>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="009E5B2E" w:rsidRPr="00561D74">
+                <w:r w:rsidR="000A20DD" w:rsidRPr="00A03BD3">
                   <w:rPr>
-                    <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>Click here to enter date.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="275CA49D" w14:textId="77777777" w:rsidR="009E5B2E" w:rsidRPr="004D4B47" w:rsidRDefault="009E5B2E" w:rsidP="009E5B2E">
-      <w:pPr>
+    <w:p w14:paraId="73985FCC" w14:textId="77777777" w:rsidR="009124F6" w:rsidRPr="009124F6" w:rsidRDefault="009124F6" w:rsidP="009124F6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="460"/>
+          <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
-        <w:spacing w:before="103"/>
-[...53 lines deleted...]
-      </w:r>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="2823D149" w14:textId="77777777" w:rsidR="009E5B2E" w:rsidRPr="004D4B47" w:rsidRDefault="009E5B2E" w:rsidP="009E5B2E">
-[...72 lines deleted...]
-    <w:p w14:paraId="0120A47B" w14:textId="638A6378" w:rsidR="009E5B2E" w:rsidRPr="004D4B47" w:rsidRDefault="009E5B2E" w:rsidP="006316C2">
+    <w:p w14:paraId="1048964A" w14:textId="37357E70" w:rsidR="000A20DD" w:rsidRPr="00ED7F85" w:rsidRDefault="000A20DD" w:rsidP="00ED7F85">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="460"/>
+          <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
-        <w:spacing w:before="103"/>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED7F85">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Alternative A (value of the Grant is $100,000.00 or less)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BBA5180" w14:textId="6A77E150" w:rsidR="000A20DD" w:rsidRPr="00A03BD3" w:rsidRDefault="000A20DD" w:rsidP="00FC1376">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Upon the expiry of the Term or earlier termination of this Agreement in accordance with sections </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00802061" w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">.1 or </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00802061" w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D4B47">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.2, the Recipient shall, within sixty (60) days or within another timeframe as directed by the Minister:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C52B6AF" w14:textId="77777777" w:rsidR="009E5B2E" w:rsidRPr="00561D74" w:rsidRDefault="009E5B2E" w:rsidP="006316C2">
+    <w:p w14:paraId="45D57351" w14:textId="1DB233C5" w:rsidR="000A20DD" w:rsidRPr="00A03BD3" w:rsidRDefault="000A20DD" w:rsidP="00615DBB">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="10"/>
+          <w:numId w:val="17"/>
         </w:numPr>
-        <w:tabs>
-[...25 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="714" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>return to the Minister any funds advanced under this Agreement, except for the payment of expenses which have</w:t>
+      </w:r>
+      <w:r w:rsidR="00936FA6">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> actually</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> accrued as a result of this Agreement; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C3733A9" w14:textId="77777777" w:rsidR="009E5B2E" w:rsidRPr="004D4B47" w:rsidRDefault="009E5B2E" w:rsidP="006316C2">
+    <w:p w14:paraId="28B5BFC5" w14:textId="2A7CB2BA" w:rsidR="000A20DD" w:rsidRPr="00A03BD3" w:rsidRDefault="000A20DD" w:rsidP="00615DBB">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="10"/>
+          <w:numId w:val="17"/>
         </w:numPr>
-        <w:tabs>
-[...11 lines deleted...]
-        <w:t>submit to the Minister a certificate signed by the appropriate representative of the Recipient confirming that the Grant Proceeds were used solely for the Project and a financial report detailing the actual amount of Grant Proceeds expended; and</w:t>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="714" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">submit to the Minister a </w:t>
+      </w:r>
+      <w:r w:rsidR="009A3881">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Grant Recipient Certificate</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> signed by the appropriate representative of the Recipient confirming that the Grant Proceeds were used solely for the Project and a financial report detailing the actual amount of Grant Proceeds expended; and</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CC5C8C4" w14:textId="2B52256D" w:rsidR="009E5B2E" w:rsidRPr="004D4B47" w:rsidRDefault="002F7D73" w:rsidP="006316C2">
+    <w:p w14:paraId="5F8ABE22" w14:textId="25DDC820" w:rsidR="000A20DD" w:rsidRDefault="005A3279" w:rsidP="00615DBB">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="10"/>
+          <w:numId w:val="17"/>
         </w:numPr>
-        <w:tabs>
-[...15 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="714" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>shall submit the Final Grant R</w:t>
+      </w:r>
+      <w:r w:rsidR="000A20DD" w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>eport to the Minister on the results achieved through the conduct of the Project.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AB3D01B" w14:textId="77777777" w:rsidR="009E5B2E" w:rsidRPr="004D4B47" w:rsidRDefault="009E5B2E" w:rsidP="009E5B2E">
-[...69 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="2AB39EB8" w14:textId="77777777" w:rsidR="008809AB" w:rsidRDefault="008809AB" w:rsidP="008809AB">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="357"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="0F4391E6" w14:textId="351F4E7F" w:rsidR="009E5B2E" w:rsidRPr="006316C2" w:rsidRDefault="009E5B2E" w:rsidP="006316C2">
+    <w:p w14:paraId="68AD08D3" w14:textId="1B4CC083" w:rsidR="000A20DD" w:rsidRPr="00932119" w:rsidRDefault="000A20DD" w:rsidP="008809AB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="10"/>
+          <w:numId w:val="23"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1560"/>
+          <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
-        <w:spacing w:before="103"/>
-[...19 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00932119">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Alternative B (value of the Grant is </w:t>
+      </w:r>
+      <w:r w:rsidR="00C6307B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>over</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00932119">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> $</w:t>
+      </w:r>
+      <w:r w:rsidR="00C6307B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00932119">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>0,000.00)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="513864C3" w14:textId="75DCC55C" w:rsidR="000A20DD" w:rsidRPr="00A03BD3" w:rsidRDefault="000A20DD" w:rsidP="008809AB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Upon the expiry of the Term or earlier termination of this Agreement in accordance with </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">sections </w:t>
+      </w:r>
+      <w:r w:rsidR="00802061" w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidRPr="006316C2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">.1 or </w:t>
       </w:r>
-      <w:r w:rsidR="002F7D73" w:rsidRPr="006316C2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00802061" w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidRPr="006316C2">
-[...6 lines deleted...]
-        <w:t>.2, the Recipient shall, within ninety (90) days or within another timeframe as directed by the Minister:</w:t>
+      <w:r w:rsidRPr="00A03BD3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.2, the Recipient shall, within ninety (90) days of the Recipient’s fiscal year-end or within another timeframe as directed by the Minister:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E40E239" w14:textId="77777777" w:rsidR="009E5B2E" w:rsidRPr="00561D74" w:rsidRDefault="009E5B2E" w:rsidP="006316C2">
+    <w:p w14:paraId="301223BF" w14:textId="31F93EF5" w:rsidR="00C6307B" w:rsidRPr="00C6307B" w:rsidRDefault="00C6307B" w:rsidP="00615DBB">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="26"/>
         </w:numPr>
-        <w:tabs>
-[...20 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="714" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C6307B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">return to the Minister any funds advanced under this Agreement, except for the payment of expenses which have </w:t>
+      </w:r>
+      <w:r w:rsidR="00936FA6">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">actually </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C6307B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>accrued as a result of this Agreement;</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="0A336AFE" w14:textId="77777777" w:rsidR="009E5B2E" w:rsidRPr="004D4B47" w:rsidRDefault="009E5B2E" w:rsidP="006316C2">
+    <w:p w14:paraId="42F2322D" w14:textId="3B3FC0E1" w:rsidR="00C6307B" w:rsidRPr="00C6307B" w:rsidRDefault="00C6307B" w:rsidP="00615DBB">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="26"/>
         </w:numPr>
-        <w:tabs>
-[...11 lines deleted...]
-        <w:t>submit to the Minister an audited financial statement and a certificate signed by the organization’s CEO and CFO (or equivalent), confirming that the Grant Proceeds were used solely for the Project; and</w:t>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="714" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C6307B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">submit to the Minister an audited financial statement and a </w:t>
+      </w:r>
+      <w:r w:rsidR="009A3881">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Grant Recipient Certificate</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C6307B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> signed by the organization’s CEO and CFO (or equivalent), confirming that the Grant Proceeds were used solely for the Project; and</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="719C5448" w14:textId="0198ABBA" w:rsidR="009E5B2E" w:rsidRPr="00F90861" w:rsidRDefault="002F7D73" w:rsidP="006316C2">
+    <w:p w14:paraId="607BAF61" w14:textId="77777777" w:rsidR="00C6307B" w:rsidRPr="00C6307B" w:rsidRDefault="00C6307B" w:rsidP="00615DBB">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="26"/>
         </w:numPr>
-        <w:tabs>
-[...17 lines deleted...]
-        <w:t>eport to the Minister on the results achieved through the conduct of the Project.</w:t>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="714" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C6307B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>shall submit the Final Grant Report to the Minister on the results achieved through the conduct of the Project.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="055190EA" w14:textId="77777777" w:rsidR="009E5B2E" w:rsidRDefault="009E5B2E" w:rsidP="009E5B2E">
-[...4 lines deleted...]
-        <w:spacing w:before="103"/>
+    <w:p w14:paraId="08225DF6" w14:textId="77777777" w:rsidR="00932119" w:rsidRPr="00A03BD3" w:rsidRDefault="00932119" w:rsidP="00C6307B">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="009E5B2E" w:rsidSect="009234F3">
+    <w:sectPr w:rsidR="00932119" w:rsidRPr="00A03BD3" w:rsidSect="001904D0">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="2016" w:right="1325" w:bottom="1066" w:left="1325" w:header="850" w:footer="864" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="291051BC" w14:textId="77777777" w:rsidR="000D7B1C" w:rsidRDefault="000D7B1C">
+    <w:p w14:paraId="6F324081" w14:textId="77777777" w:rsidR="00E2799A" w:rsidRDefault="00E2799A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="46C7CAEA" w14:textId="77777777" w:rsidR="000D7B1C" w:rsidRDefault="000D7B1C">
+    <w:p w14:paraId="67859CED" w14:textId="77777777" w:rsidR="00E2799A" w:rsidRDefault="00E2799A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationNotice" w:id="1">
+    <w:p w14:paraId="7A2E07A6" w14:textId="77777777" w:rsidR="00E2799A" w:rsidRDefault="00E2799A"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="SimSun">
+    <w:altName w:val="宋体"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Raavi">
-[...3 lines deleted...]
-    <w:family w:val="roman"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="70D8516C" w14:textId="19C61F09" w:rsidR="006F2460" w:rsidRDefault="006F2460">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="25C27EBD" w14:textId="1FCE9BF9" w:rsidR="005676EA" w:rsidRPr="00D16836" w:rsidRDefault="00971705" w:rsidP="005676EA">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      </w:rPr>
     </w:pPr>
-    <w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r w:rsidRPr="00D16836">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      </w:rPr>
+      <w:t>SPHIFR</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r w:rsidR="00B958B8">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> Applied</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00D16836">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidR="00E91E9B" w:rsidRPr="00D16836">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      </w:rPr>
+      <w:t>Research (</w:t>
+    </w:r>
+    <w:r w:rsidR="005676EA" w:rsidRPr="00D16836">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      </w:rPr>
+      <w:t>Public Bodies</w:t>
+    </w:r>
+    <w:r w:rsidR="00E91E9B" w:rsidRPr="00D16836">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      </w:rPr>
+      <w:t>)</w:t>
+    </w:r>
+  </w:p>
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="-91859138"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
       </w:rPr>
-      <mc:AlternateContent>
-[...242 lines deleted...]
-        <w:r w:rsidR="000D7B1C">
+    </w:sdtEndPr>
+    <w:sdtContent>
+      <w:p w14:paraId="5A0AD97A" w14:textId="54679B6D" w:rsidR="00486C0B" w:rsidRPr="006F7F90" w:rsidRDefault="00486C0B">
+        <w:pPr>
+          <w:pStyle w:val="Footer"/>
+          <w:jc w:val="right"/>
+          <w:rPr>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+        </w:pPr>
+        <w:r w:rsidRPr="006F7F90">
+          <w:rPr>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="000D7B1C">
+        <w:r w:rsidRPr="006F7F90">
+          <w:rPr>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
-        <w:r w:rsidR="000D7B1C">
+        <w:r w:rsidRPr="006F7F90">
+          <w:rPr>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00BE50AA">
+        <w:r w:rsidR="00911F75" w:rsidRPr="006F7F90">
           <w:rPr>
             <w:noProof/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
-        <w:r w:rsidR="000D7B1C">
+        <w:r w:rsidRPr="006F7F90">
           <w:rPr>
             <w:noProof/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
-      </w:sdtContent>
-[...2 lines deleted...]
-  <w:p w14:paraId="6D460AA3" w14:textId="77777777" w:rsidR="000D7B1C" w:rsidRDefault="000D7B1C">
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
+  <w:p w14:paraId="6D460AA3" w14:textId="77777777" w:rsidR="00486C0B" w:rsidRPr="006F7F90" w:rsidRDefault="00486C0B">
     <w:pPr>
       <w:spacing w:line="14" w:lineRule="auto"/>
       <w:rPr>
-        <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-    <w:r>
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="233361317"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
-      <mc:AlternateContent>
-[...120 lines deleted...]
-        <w:r w:rsidR="000D7B1C">
+    </w:sdtEndPr>
+    <w:sdtContent>
+      <w:p w14:paraId="7D576CC9" w14:textId="50C958BA" w:rsidR="00486C0B" w:rsidRDefault="00486C0B">
+        <w:pPr>
+          <w:pStyle w:val="Footer"/>
+          <w:jc w:val="right"/>
+        </w:pPr>
+        <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="000D7B1C">
+        <w:r>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
-        <w:r w:rsidR="000D7B1C">
+        <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="000D7B1C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
-        <w:r w:rsidR="000D7B1C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
-      </w:sdtContent>
-[...2 lines deleted...]
-  <w:p w14:paraId="1DF54BDD" w14:textId="77777777" w:rsidR="000D7B1C" w:rsidRDefault="000D7B1C">
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
+  <w:p w14:paraId="1DF54BDD" w14:textId="77777777" w:rsidR="00486C0B" w:rsidRDefault="00486C0B">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <w:p w14:paraId="213AA2C8" w14:textId="113B8FCE" w:rsidR="006F2460" w:rsidRDefault="006F2460">
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="5C93B57F" w14:textId="77777777" w:rsidR="00E2799A" w:rsidRDefault="00E2799A">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="7B288712" w14:textId="77777777" w:rsidR="00E2799A" w:rsidRDefault="00E2799A">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationNotice" w:id="1">
+    <w:p w14:paraId="1D02258C" w14:textId="77777777" w:rsidR="00E2799A" w:rsidRDefault="00E2799A"/>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="08377124" w14:textId="77777777" w:rsidR="00D50EAD" w:rsidRDefault="002E02E7" w:rsidP="00984D97">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Header"/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="4680"/>
+        <w:tab w:val="clear" w:pos="9360"/>
+        <w:tab w:val="left" w:pos="5505"/>
+      </w:tabs>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
-      <mc:AlternateContent>
-[...572 lines deleted...]
-      </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251656192" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="559B5FB1" wp14:editId="3A2BC866">
-[...10 lines deleted...]
-          <wp:docPr id="4" name="Picture 4"/>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="553E3CA3" wp14:editId="0C5EF81F">
+          <wp:extent cx="1386000" cy="432000"/>
+          <wp:effectExtent l="0" t="0" r="5080" b="6350"/>
+          <wp:docPr id="1314014428" name="Picture 3"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="Picture 4"/>
+                  <pic:cNvPr id="0" name="Picture 3"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="1397000" cy="520700"/>
+                    <a:ext cx="1386000" cy="432000"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
-          <wp14:sizeRelH relativeFrom="page">
-[...5 lines deleted...]
-        </wp:anchor>
+        </wp:inline>
       </w:drawing>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="639778B6" w14:textId="2C59B312" w:rsidR="00B77C24" w:rsidRPr="00CB130F" w:rsidRDefault="00B77C24" w:rsidP="00D50EAD">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="4680"/>
+        <w:tab w:val="clear" w:pos="9360"/>
+        <w:tab w:val="left" w:pos="5505"/>
+      </w:tabs>
+      <w:jc w:val="right"/>
+      <w:rPr>
+        <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="single"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="00CB130F">
+      <w:rPr>
+        <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Grant #: </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="5DFC35C8" w14:textId="77777777" w:rsidR="000D7B1C" w:rsidRDefault="000D7B1C">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5DFC35C8" w14:textId="77777777" w:rsidR="00486C0B" w:rsidRDefault="00486C0B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="124B6803"/>
-[...8 lines deleted...]
-        <w:ind w:left="360" w:hanging="360"/>
+    <w:nsid w:val="0AA9200A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="22E61746"/>
+    <w:lvl w:ilvl="0" w:tplc="01FA190C">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="810" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1">
-[...5 lines deleted...]
-        <w:ind w:left="720" w:hanging="360"/>
+    <w:lvl w:ilvl="1" w:tplc="10090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1530" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2">
-[...5 lines deleted...]
-        <w:ind w:left="1080" w:hanging="360"/>
+    <w:lvl w:ilvl="2" w:tplc="10090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2250" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3">
-[...5 lines deleted...]
-        <w:ind w:left="1440" w:hanging="360"/>
+    <w:lvl w:ilvl="3" w:tplc="10090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2970" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4">
-[...5 lines deleted...]
-        <w:ind w:left="1800" w:hanging="360"/>
+    <w:lvl w:ilvl="4" w:tplc="10090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3690" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5">
-[...5 lines deleted...]
-        <w:ind w:left="2160" w:hanging="360"/>
+    <w:lvl w:ilvl="5" w:tplc="10090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4410" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6">
-[...5 lines deleted...]
-        <w:ind w:left="2520" w:hanging="360"/>
+    <w:lvl w:ilvl="6" w:tplc="10090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5130" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7">
-[...5 lines deleted...]
-        <w:ind w:left="2880" w:hanging="360"/>
+    <w:lvl w:ilvl="7" w:tplc="10090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5850" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8">
-[...5 lines deleted...]
-        <w:ind w:left="3240" w:hanging="360"/>
+    <w:lvl w:ilvl="8" w:tplc="10090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6570" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="18AE0E72"/>
-[...240 lines deleted...]
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1E636B20"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="CA9A0700"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="820" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1435" w:hanging="975"/>
       </w:pPr>
       <w:rPr>
@@ -15292,54 +14147,54 @@
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1900" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2260" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="27A76992"/>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1FAF3308"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="AFB0655C"/>
+    <w:tmpl w:val="554A7B54"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="792" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
@@ -15405,51 +14260,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="298512D0"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="2E5CCECE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="820" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="(%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1435" w:hanging="975"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -15525,51 +14380,509 @@
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1900" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2260" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="29EC6D72"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DBFE31BE"/>
+    <w:lvl w:ilvl="0" w:tplc="10090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1170" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="10090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1890" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="10090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2610" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="10090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3330" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="10090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4050" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="10090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4770" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="10090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5490" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="10090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6210" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="10090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6930" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2F6438EB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="707225F0"/>
+    <w:lvl w:ilvl="0" w:tplc="10090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="315E0D56"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="1742A23E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="820" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1435" w:hanging="975"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1435" w:hanging="975"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1435" w:hanging="975"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1540" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1540" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1900" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1900" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2260" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="35497D54"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="08C81B5E"/>
+    <w:lvl w:ilvl="0" w:tplc="696A6C9C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="10090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="10090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="10090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="10090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="10090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="10090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="10090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="10090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="39D85E26"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="5F1AC0C6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="820" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="(%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1435" w:hanging="975"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -15645,164 +14958,226 @@
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1900" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2260" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3A0A4521"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="D95EA192"/>
+    <w:tmpl w:val="1009001F"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
-      <w:numFmt w:val="none"/>
-      <w:lvlText w:val="3."/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="792" w:hanging="432"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1224" w:hanging="504"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1728" w:hanging="648"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3AA8028E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="86C6D81E"/>
+    <w:lvl w:ilvl="0" w:tplc="46A246E4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1">
+    <w:lvl w:ilvl="1" w:tplc="10090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%2)"/>
-[...8 lines deleted...]
-    <w:lvl w:ilvl="2">
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="1009001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
-      <w:lvlText w:val="%3)"/>
-[...8 lines deleted...]
-    <w:lvl w:ilvl="3">
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="1009000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="(%4)"/>
-[...8 lines deleted...]
-    <w:lvl w:ilvl="4">
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="10090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="(%5)"/>
-[...8 lines deleted...]
-    <w:lvl w:ilvl="5">
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="1009001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
-      <w:lvlText w:val="(%6)"/>
-[...8 lines deleted...]
-    <w:lvl w:ilvl="6">
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="1009000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="7">
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="10090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="8">
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="1009001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
-      <w:lvlJc w:val="left"/>
-[...5 lines deleted...]
-      </w:rPr>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7560" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42771708"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="130CFE4E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="820" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="(%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1435" w:hanging="975"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -15878,456 +15253,56 @@
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1900" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2260" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="4C646E68"/>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4C424A5F"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="59020D38"/>
-    <w:styleLink w:val="CurrentList7"/>
+    <w:tmpl w:val="35DC87C2"/>
     <w:lvl w:ilvl="0">
-      <w:start w:val="1"/>
-[...398 lines deleted...]
-      <w:start w:val="1"/>
+      <w:start w:val="6"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="820" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1435" w:hanging="975"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
@@ -16401,55 +15376,54 @@
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1900" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2260" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="5F8661B9"/>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4F856A7C"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="4B821A3E"/>
-    <w:styleLink w:val="CurrentList1"/>
+    <w:tmpl w:val="C6C2828E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="820" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="(%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1435" w:hanging="975"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
@@ -16522,79 +15496,403 @@
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1900" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2260" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="53FE7097"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="1009001F"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="792" w:hanging="432"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1224" w:hanging="504"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1728" w:hanging="648"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="68380572"/>
+    <w:nsid w:val="54230B84"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="93A80F58"/>
-    <w:styleLink w:val="CurrentList6"/>
+    <w:tmpl w:val="10087A28"/>
     <w:lvl w:ilvl="0">
-      <w:start w:val="1"/>
+      <w:start w:val="5"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="820" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
-      <w:start w:val="1"/>
-[...1 lines deleted...]
-      <w:lvlText w:val="(%2)"/>
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1435" w:hanging="975"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1435" w:hanging="975"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1435" w:hanging="975"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1540" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1540" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1900" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1900" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2260" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="545B73A8"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="C34A8D8E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="792" w:hanging="432"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1224" w:hanging="504"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1728" w:hanging="648"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="56750E58"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="B57001C2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="820" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1435" w:hanging="975"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+    </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1435" w:hanging="975"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1435" w:hanging="975"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
@@ -16643,51 +15941,517 @@
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1900" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2260" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="59304393"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="1742A23E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="820" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1435" w:hanging="975"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1435" w:hanging="975"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1435" w:hanging="975"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1540" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1540" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1900" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1900" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2260" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5E117375"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="2C145F2E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="792" w:hanging="432"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1224" w:hanging="504"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1728" w:hanging="648"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="62F068FF"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="1742A23E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="820" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1435" w:hanging="975"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1435" w:hanging="975"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1435" w:hanging="975"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1540" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1540" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1900" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1900" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2260" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6D3C6FB6"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="124E9E82"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="4"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="792" w:hanging="432"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1224" w:hanging="504"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1728" w:hanging="648"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="739B4E40"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="C6C2828E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="820" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="(%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1435" w:hanging="975"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -16763,693 +16527,1154 @@
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1900" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2260" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
-[...10 lines deleted...]
-        <w:ind w:left="820" w:hanging="360"/>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="76FB4EA0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0C9AECF4"/>
+    <w:lvl w:ilvl="0" w:tplc="46A246E4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1">
+    <w:lvl w:ilvl="1" w:tplc="10090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="(%2)"/>
-[...2 lines deleted...]
-        <w:ind w:left="1435" w:hanging="975"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="1009001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="1009000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="10090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="1009001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="1009000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="10090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="1009001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="78DD77B2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E5241F64"/>
+    <w:lvl w:ilvl="0" w:tplc="2ECCC494">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2">
+    <w:lvl w:ilvl="1" w:tplc="10090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="1009001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="1009000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:isLgl/>
-[...9 lines deleted...]
-    <w:lvl w:ilvl="3">
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="10090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="1009001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="1009000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:isLgl/>
-[...72 lines deleted...]
-      </w:rPr>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="10090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="1009001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
-[...113 lines deleted...]
-  <w:num w:numId="1" w16cid:durableId="1423795175">
+  <w:num w:numId="1" w16cid:durableId="1734430321">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="604463143">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="651561805">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="238055330">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="983970528">
+    <w:abstractNumId w:val="16"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1709257333">
+    <w:abstractNumId w:val="13"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="649753535">
+    <w:abstractNumId w:val="2"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="2"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="2062555739">
+    <w:abstractNumId w:val="18"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1217857524">
+    <w:abstractNumId w:val="19"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="2"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1006633936">
+    <w:abstractNumId w:val="6"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="905721525">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1336689430">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="1942640452">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="956133102">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="2095279477">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="1686129116">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="758866628">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="169613150">
+  <w:num w:numId="18" w16cid:durableId="1719234318">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="2069111833">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1113473468">
+  <w:num w:numId="20" w16cid:durableId="397437875">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="1570775191">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="1224684494">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="1196581883">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="1424375656">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="2067532697">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="836387037">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="106044725">
-    <w:abstractNumId w:val="11"/>
+  <w:num w:numId="27" w16cid:durableId="1728675386">
+    <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1767572974">
-[...2 lines deleted...]
-  <w:num w:numId="6" w16cid:durableId="198323310">
+  <w:num w:numId="28" w16cid:durableId="1321929396">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="836118203">
-    <w:abstractNumId w:val="16"/>
+  <w:num w:numId="29" w16cid:durableId="1653368237">
+    <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="1007830018">
-    <w:abstractNumId w:val="7"/>
+  <w:num w:numId="30" w16cid:durableId="1051080557">
+    <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="2067532697">
-[...5 lines deleted...]
-  <w:num w:numId="11" w16cid:durableId="836387037">
+  <w:num w:numId="31" w16cid:durableId="1470511559">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="1026173125">
-[...23 lines deleted...]
-  <w:numIdMacAtCleanup w:val="19"/>
+  <w:numIdMacAtCleanup w:val="10"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="76"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="63489"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
+    <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
+    <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003913B3"/>
+    <w:rsid w:val="00001814"/>
+    <w:rsid w:val="00001BBF"/>
+    <w:rsid w:val="00015456"/>
     <w:rsid w:val="00020753"/>
+    <w:rsid w:val="00027264"/>
     <w:rsid w:val="00031876"/>
+    <w:rsid w:val="00042F7A"/>
+    <w:rsid w:val="00045890"/>
     <w:rsid w:val="0006238F"/>
     <w:rsid w:val="00066090"/>
     <w:rsid w:val="00066A2B"/>
+    <w:rsid w:val="00066E3D"/>
+    <w:rsid w:val="00077475"/>
     <w:rsid w:val="00081DE7"/>
     <w:rsid w:val="00084A17"/>
     <w:rsid w:val="00097704"/>
+    <w:rsid w:val="000A20DD"/>
     <w:rsid w:val="000A52E4"/>
+    <w:rsid w:val="000B0030"/>
+    <w:rsid w:val="000B1790"/>
     <w:rsid w:val="000B46D1"/>
+    <w:rsid w:val="000B6D09"/>
+    <w:rsid w:val="000C1353"/>
+    <w:rsid w:val="000C4671"/>
+    <w:rsid w:val="000C721C"/>
+    <w:rsid w:val="000D20D3"/>
     <w:rsid w:val="000D6879"/>
-    <w:rsid w:val="000D6A54"/>
-    <w:rsid w:val="000D7B1C"/>
     <w:rsid w:val="000E6D0E"/>
     <w:rsid w:val="000F00F4"/>
-    <w:rsid w:val="000F45C3"/>
-    <w:rsid w:val="000F666B"/>
+    <w:rsid w:val="001027AE"/>
     <w:rsid w:val="00110DA9"/>
+    <w:rsid w:val="001172FC"/>
     <w:rsid w:val="001227B1"/>
     <w:rsid w:val="0012324D"/>
+    <w:rsid w:val="00123846"/>
     <w:rsid w:val="001260FF"/>
-    <w:rsid w:val="001301B5"/>
+    <w:rsid w:val="0013162A"/>
+    <w:rsid w:val="00142BFF"/>
+    <w:rsid w:val="00145BC6"/>
+    <w:rsid w:val="00153547"/>
+    <w:rsid w:val="0015363C"/>
+    <w:rsid w:val="00157694"/>
+    <w:rsid w:val="0016409C"/>
     <w:rsid w:val="001700B7"/>
     <w:rsid w:val="00171066"/>
+    <w:rsid w:val="00171748"/>
     <w:rsid w:val="00172AF9"/>
     <w:rsid w:val="001741D9"/>
+    <w:rsid w:val="00174C7F"/>
     <w:rsid w:val="00177B79"/>
     <w:rsid w:val="00180808"/>
     <w:rsid w:val="0018629F"/>
     <w:rsid w:val="00187036"/>
+    <w:rsid w:val="00187E36"/>
+    <w:rsid w:val="001904D0"/>
+    <w:rsid w:val="0019173C"/>
+    <w:rsid w:val="001935B1"/>
     <w:rsid w:val="00193B4B"/>
     <w:rsid w:val="00193EC0"/>
+    <w:rsid w:val="001966B8"/>
     <w:rsid w:val="001969AF"/>
     <w:rsid w:val="001A01BC"/>
     <w:rsid w:val="001A5590"/>
+    <w:rsid w:val="001B2D8C"/>
+    <w:rsid w:val="001B3CC9"/>
     <w:rsid w:val="001E2594"/>
     <w:rsid w:val="001E31E1"/>
     <w:rsid w:val="001E6DE8"/>
+    <w:rsid w:val="001F0A0B"/>
+    <w:rsid w:val="001F6D22"/>
+    <w:rsid w:val="002020F5"/>
+    <w:rsid w:val="00202DE5"/>
     <w:rsid w:val="00204D5F"/>
+    <w:rsid w:val="002056C3"/>
+    <w:rsid w:val="002102EA"/>
     <w:rsid w:val="0021653C"/>
+    <w:rsid w:val="00217173"/>
+    <w:rsid w:val="0022233D"/>
     <w:rsid w:val="002223BA"/>
+    <w:rsid w:val="0022288E"/>
+    <w:rsid w:val="0022491A"/>
     <w:rsid w:val="00227471"/>
+    <w:rsid w:val="00231A26"/>
     <w:rsid w:val="00236FC8"/>
+    <w:rsid w:val="00245633"/>
+    <w:rsid w:val="00253581"/>
     <w:rsid w:val="00253669"/>
+    <w:rsid w:val="00257D26"/>
     <w:rsid w:val="00265DCA"/>
     <w:rsid w:val="00267F17"/>
+    <w:rsid w:val="00280F7F"/>
+    <w:rsid w:val="00281B51"/>
     <w:rsid w:val="002829D7"/>
     <w:rsid w:val="00286207"/>
+    <w:rsid w:val="00294AC0"/>
     <w:rsid w:val="00297A97"/>
+    <w:rsid w:val="002A1CFE"/>
     <w:rsid w:val="002B0B7F"/>
+    <w:rsid w:val="002B7E73"/>
+    <w:rsid w:val="002C20B9"/>
     <w:rsid w:val="002C5FD0"/>
     <w:rsid w:val="002D2C13"/>
+    <w:rsid w:val="002D305B"/>
     <w:rsid w:val="002D3524"/>
     <w:rsid w:val="002D48DC"/>
-    <w:rsid w:val="002F7D73"/>
+    <w:rsid w:val="002E02E7"/>
+    <w:rsid w:val="002E662C"/>
+    <w:rsid w:val="002E6D17"/>
+    <w:rsid w:val="002E7BF2"/>
+    <w:rsid w:val="002F0C96"/>
     <w:rsid w:val="00300C4C"/>
     <w:rsid w:val="00301CEA"/>
+    <w:rsid w:val="0030212A"/>
+    <w:rsid w:val="00307C1D"/>
     <w:rsid w:val="00310338"/>
-    <w:rsid w:val="00322E86"/>
+    <w:rsid w:val="00315E73"/>
     <w:rsid w:val="0032575F"/>
     <w:rsid w:val="003413EA"/>
     <w:rsid w:val="00342555"/>
-    <w:rsid w:val="003451EC"/>
     <w:rsid w:val="00350340"/>
     <w:rsid w:val="0035272E"/>
     <w:rsid w:val="003577F2"/>
     <w:rsid w:val="0036101D"/>
+    <w:rsid w:val="00367867"/>
+    <w:rsid w:val="00370A45"/>
+    <w:rsid w:val="00372092"/>
     <w:rsid w:val="00372736"/>
+    <w:rsid w:val="00372946"/>
+    <w:rsid w:val="00373B88"/>
+    <w:rsid w:val="00377416"/>
+    <w:rsid w:val="00377E24"/>
     <w:rsid w:val="00386F65"/>
     <w:rsid w:val="003913B3"/>
+    <w:rsid w:val="00394919"/>
     <w:rsid w:val="00397BCF"/>
+    <w:rsid w:val="003B2A3E"/>
+    <w:rsid w:val="003C6FB4"/>
     <w:rsid w:val="003D13DD"/>
+    <w:rsid w:val="003D1D7C"/>
     <w:rsid w:val="003E0612"/>
     <w:rsid w:val="003E065C"/>
+    <w:rsid w:val="003E73A7"/>
     <w:rsid w:val="003F5514"/>
-    <w:rsid w:val="004039C1"/>
+    <w:rsid w:val="00400B94"/>
+    <w:rsid w:val="0040282D"/>
+    <w:rsid w:val="0041037D"/>
+    <w:rsid w:val="00410441"/>
+    <w:rsid w:val="004128D8"/>
+    <w:rsid w:val="00415E4B"/>
+    <w:rsid w:val="0042496B"/>
+    <w:rsid w:val="00430C45"/>
+    <w:rsid w:val="004413DA"/>
+    <w:rsid w:val="00443CE2"/>
     <w:rsid w:val="00446CF3"/>
+    <w:rsid w:val="004635A9"/>
+    <w:rsid w:val="0048102C"/>
+    <w:rsid w:val="00483CA7"/>
+    <w:rsid w:val="00486C0B"/>
     <w:rsid w:val="00486C1D"/>
     <w:rsid w:val="00490960"/>
+    <w:rsid w:val="00496407"/>
     <w:rsid w:val="004A7C21"/>
+    <w:rsid w:val="004B17FF"/>
+    <w:rsid w:val="004B38BC"/>
     <w:rsid w:val="004B69BC"/>
     <w:rsid w:val="004B762D"/>
     <w:rsid w:val="004C2B66"/>
     <w:rsid w:val="004C3DDA"/>
+    <w:rsid w:val="004C6052"/>
+    <w:rsid w:val="004D414F"/>
     <w:rsid w:val="004D4B47"/>
     <w:rsid w:val="004D50A2"/>
     <w:rsid w:val="004D5E18"/>
+    <w:rsid w:val="004D6BDD"/>
     <w:rsid w:val="004E024B"/>
+    <w:rsid w:val="004E0293"/>
+    <w:rsid w:val="004F7670"/>
+    <w:rsid w:val="00501F1C"/>
     <w:rsid w:val="0050233D"/>
     <w:rsid w:val="005102FF"/>
-    <w:rsid w:val="00550D38"/>
+    <w:rsid w:val="00512872"/>
+    <w:rsid w:val="00522EF6"/>
+    <w:rsid w:val="00535246"/>
+    <w:rsid w:val="00536B01"/>
     <w:rsid w:val="00561D74"/>
+    <w:rsid w:val="005676EA"/>
     <w:rsid w:val="005726CF"/>
-    <w:rsid w:val="00586224"/>
+    <w:rsid w:val="00575DBF"/>
+    <w:rsid w:val="00581E38"/>
+    <w:rsid w:val="00583248"/>
     <w:rsid w:val="00586CBE"/>
     <w:rsid w:val="00596FC2"/>
     <w:rsid w:val="005A0D30"/>
+    <w:rsid w:val="005A3279"/>
     <w:rsid w:val="005A34FC"/>
+    <w:rsid w:val="005A3F4D"/>
+    <w:rsid w:val="005B70F9"/>
+    <w:rsid w:val="005C075E"/>
+    <w:rsid w:val="005C32B7"/>
+    <w:rsid w:val="005C601A"/>
     <w:rsid w:val="005C6336"/>
     <w:rsid w:val="005C729E"/>
     <w:rsid w:val="005C7A0E"/>
+    <w:rsid w:val="005D5F38"/>
     <w:rsid w:val="005E7786"/>
+    <w:rsid w:val="006018A8"/>
     <w:rsid w:val="00602AF9"/>
     <w:rsid w:val="0060759B"/>
+    <w:rsid w:val="00615DBB"/>
+    <w:rsid w:val="00617417"/>
     <w:rsid w:val="00620FA4"/>
     <w:rsid w:val="00621F7D"/>
     <w:rsid w:val="00622087"/>
-    <w:rsid w:val="006316C2"/>
+    <w:rsid w:val="00637FDA"/>
     <w:rsid w:val="00642D0D"/>
+    <w:rsid w:val="006465BF"/>
+    <w:rsid w:val="00646D37"/>
     <w:rsid w:val="00646FA7"/>
     <w:rsid w:val="00650944"/>
+    <w:rsid w:val="0065167C"/>
+    <w:rsid w:val="00651E80"/>
     <w:rsid w:val="00661AF3"/>
-    <w:rsid w:val="00665F89"/>
+    <w:rsid w:val="006645EF"/>
     <w:rsid w:val="00671B57"/>
     <w:rsid w:val="006721E9"/>
-    <w:rsid w:val="00677B7C"/>
+    <w:rsid w:val="00672D6F"/>
+    <w:rsid w:val="00677DA8"/>
+    <w:rsid w:val="00682537"/>
+    <w:rsid w:val="00682AF8"/>
     <w:rsid w:val="00683270"/>
     <w:rsid w:val="006834A7"/>
     <w:rsid w:val="00686E8C"/>
+    <w:rsid w:val="00687C49"/>
     <w:rsid w:val="00691AFD"/>
+    <w:rsid w:val="00693E24"/>
+    <w:rsid w:val="006A354F"/>
     <w:rsid w:val="006A4AFB"/>
+    <w:rsid w:val="006B1737"/>
     <w:rsid w:val="006C20BF"/>
+    <w:rsid w:val="006C68D1"/>
+    <w:rsid w:val="006D0DFB"/>
+    <w:rsid w:val="006E26CC"/>
     <w:rsid w:val="006E2920"/>
-    <w:rsid w:val="006F2460"/>
+    <w:rsid w:val="006F1FF1"/>
     <w:rsid w:val="006F381F"/>
+    <w:rsid w:val="006F4339"/>
+    <w:rsid w:val="006F5CF4"/>
+    <w:rsid w:val="006F7F90"/>
+    <w:rsid w:val="007020FE"/>
+    <w:rsid w:val="007163F6"/>
     <w:rsid w:val="0072504E"/>
     <w:rsid w:val="00726E48"/>
     <w:rsid w:val="00730EB0"/>
+    <w:rsid w:val="0073262A"/>
+    <w:rsid w:val="00736D61"/>
+    <w:rsid w:val="0075333E"/>
+    <w:rsid w:val="00763B50"/>
     <w:rsid w:val="00766EC1"/>
     <w:rsid w:val="00770B3B"/>
     <w:rsid w:val="00771411"/>
-    <w:rsid w:val="00771D09"/>
     <w:rsid w:val="00776D50"/>
+    <w:rsid w:val="007778C0"/>
     <w:rsid w:val="0078044D"/>
     <w:rsid w:val="007851F7"/>
     <w:rsid w:val="00791500"/>
     <w:rsid w:val="0079470F"/>
+    <w:rsid w:val="007A0EBD"/>
     <w:rsid w:val="007A528C"/>
+    <w:rsid w:val="007A72E4"/>
     <w:rsid w:val="007A7D16"/>
-    <w:rsid w:val="007B11B9"/>
+    <w:rsid w:val="007B4055"/>
     <w:rsid w:val="007B420C"/>
-    <w:rsid w:val="007C4B1D"/>
+    <w:rsid w:val="007C2C3F"/>
     <w:rsid w:val="007C5A21"/>
     <w:rsid w:val="007D156A"/>
+    <w:rsid w:val="007D1E38"/>
     <w:rsid w:val="007E319B"/>
+    <w:rsid w:val="007E3CA0"/>
     <w:rsid w:val="007E5167"/>
     <w:rsid w:val="007F0C8A"/>
     <w:rsid w:val="007F7416"/>
+    <w:rsid w:val="007F7A89"/>
+    <w:rsid w:val="00802061"/>
+    <w:rsid w:val="0080352C"/>
+    <w:rsid w:val="00815B3A"/>
     <w:rsid w:val="008173A2"/>
-    <w:rsid w:val="00846534"/>
+    <w:rsid w:val="00826B54"/>
+    <w:rsid w:val="00830ACE"/>
+    <w:rsid w:val="00857341"/>
+    <w:rsid w:val="00861781"/>
     <w:rsid w:val="00863EBF"/>
+    <w:rsid w:val="0086531F"/>
     <w:rsid w:val="00866A7D"/>
+    <w:rsid w:val="00866CAC"/>
+    <w:rsid w:val="00870FE5"/>
     <w:rsid w:val="00872A44"/>
+    <w:rsid w:val="008809AB"/>
+    <w:rsid w:val="00894526"/>
+    <w:rsid w:val="008A1E2B"/>
     <w:rsid w:val="008A4BA4"/>
+    <w:rsid w:val="008A6C6C"/>
+    <w:rsid w:val="008B310C"/>
+    <w:rsid w:val="008B3AFD"/>
+    <w:rsid w:val="008B3C33"/>
+    <w:rsid w:val="008C3B15"/>
     <w:rsid w:val="008C57A0"/>
     <w:rsid w:val="008D2D00"/>
+    <w:rsid w:val="008E14B8"/>
     <w:rsid w:val="008E3C70"/>
     <w:rsid w:val="008F6CF8"/>
-    <w:rsid w:val="00911BF4"/>
+    <w:rsid w:val="00902407"/>
+    <w:rsid w:val="00904E6C"/>
+    <w:rsid w:val="00907361"/>
+    <w:rsid w:val="00910161"/>
+    <w:rsid w:val="00911F75"/>
+    <w:rsid w:val="00912399"/>
+    <w:rsid w:val="009124F6"/>
+    <w:rsid w:val="0091357A"/>
+    <w:rsid w:val="009159E0"/>
     <w:rsid w:val="0091672D"/>
-    <w:rsid w:val="009234F3"/>
+    <w:rsid w:val="00916831"/>
+    <w:rsid w:val="0092350F"/>
     <w:rsid w:val="00924BAB"/>
     <w:rsid w:val="00931644"/>
+    <w:rsid w:val="00932119"/>
+    <w:rsid w:val="00936FA6"/>
+    <w:rsid w:val="009423A1"/>
+    <w:rsid w:val="00945331"/>
+    <w:rsid w:val="0094661D"/>
     <w:rsid w:val="0095141D"/>
+    <w:rsid w:val="009563FF"/>
     <w:rsid w:val="009706BF"/>
+    <w:rsid w:val="00971705"/>
     <w:rsid w:val="00975015"/>
     <w:rsid w:val="009805D1"/>
     <w:rsid w:val="009815EF"/>
     <w:rsid w:val="009823A5"/>
+    <w:rsid w:val="00984D97"/>
     <w:rsid w:val="00991731"/>
+    <w:rsid w:val="0099578B"/>
     <w:rsid w:val="009A0894"/>
+    <w:rsid w:val="009A1FD3"/>
+    <w:rsid w:val="009A3881"/>
+    <w:rsid w:val="009A446E"/>
+    <w:rsid w:val="009A4F69"/>
+    <w:rsid w:val="009A5EE9"/>
     <w:rsid w:val="009B09D7"/>
+    <w:rsid w:val="009B0D3F"/>
+    <w:rsid w:val="009B1B3A"/>
     <w:rsid w:val="009B2538"/>
+    <w:rsid w:val="009C1F42"/>
+    <w:rsid w:val="009C4F35"/>
+    <w:rsid w:val="009C660C"/>
     <w:rsid w:val="009D1A10"/>
+    <w:rsid w:val="009D3791"/>
+    <w:rsid w:val="009D51E6"/>
+    <w:rsid w:val="009D56BC"/>
     <w:rsid w:val="009E1EE7"/>
-    <w:rsid w:val="009E5B2E"/>
+    <w:rsid w:val="009E25E5"/>
+    <w:rsid w:val="009E72E7"/>
+    <w:rsid w:val="009E7556"/>
+    <w:rsid w:val="009F0635"/>
+    <w:rsid w:val="009F14E8"/>
+    <w:rsid w:val="009F26B6"/>
+    <w:rsid w:val="00A03BD3"/>
     <w:rsid w:val="00A04F2A"/>
+    <w:rsid w:val="00A26623"/>
+    <w:rsid w:val="00A4071D"/>
+    <w:rsid w:val="00A41506"/>
+    <w:rsid w:val="00A4469E"/>
     <w:rsid w:val="00A5137A"/>
-    <w:rsid w:val="00A55352"/>
     <w:rsid w:val="00A57517"/>
     <w:rsid w:val="00A575CB"/>
     <w:rsid w:val="00A62A56"/>
+    <w:rsid w:val="00A727AC"/>
     <w:rsid w:val="00A814DE"/>
     <w:rsid w:val="00A833FA"/>
+    <w:rsid w:val="00A8666B"/>
+    <w:rsid w:val="00A93885"/>
+    <w:rsid w:val="00A94860"/>
+    <w:rsid w:val="00A96654"/>
     <w:rsid w:val="00AA3806"/>
+    <w:rsid w:val="00AA658A"/>
     <w:rsid w:val="00AB53E7"/>
+    <w:rsid w:val="00AB57A1"/>
+    <w:rsid w:val="00AB60A9"/>
+    <w:rsid w:val="00AB715F"/>
     <w:rsid w:val="00AB7266"/>
+    <w:rsid w:val="00AC502D"/>
+    <w:rsid w:val="00AE3EE6"/>
     <w:rsid w:val="00AE48CE"/>
     <w:rsid w:val="00AF1FA6"/>
     <w:rsid w:val="00AF3163"/>
     <w:rsid w:val="00AF447F"/>
     <w:rsid w:val="00AF4D52"/>
     <w:rsid w:val="00AF759E"/>
+    <w:rsid w:val="00B0761A"/>
     <w:rsid w:val="00B11292"/>
+    <w:rsid w:val="00B12CDE"/>
+    <w:rsid w:val="00B15AEA"/>
     <w:rsid w:val="00B16A68"/>
     <w:rsid w:val="00B22756"/>
+    <w:rsid w:val="00B24D69"/>
+    <w:rsid w:val="00B3012A"/>
+    <w:rsid w:val="00B328D8"/>
+    <w:rsid w:val="00B32A25"/>
+    <w:rsid w:val="00B441BA"/>
+    <w:rsid w:val="00B47ADD"/>
     <w:rsid w:val="00B535AD"/>
     <w:rsid w:val="00B56BEE"/>
+    <w:rsid w:val="00B64093"/>
+    <w:rsid w:val="00B6415A"/>
+    <w:rsid w:val="00B672A9"/>
+    <w:rsid w:val="00B703A0"/>
     <w:rsid w:val="00B70BF7"/>
-    <w:rsid w:val="00B70F76"/>
     <w:rsid w:val="00B766D4"/>
-    <w:rsid w:val="00B82173"/>
+    <w:rsid w:val="00B776FE"/>
+    <w:rsid w:val="00B77C24"/>
+    <w:rsid w:val="00B84F62"/>
     <w:rsid w:val="00B852A7"/>
     <w:rsid w:val="00B8730F"/>
     <w:rsid w:val="00B939A3"/>
+    <w:rsid w:val="00B946BB"/>
+    <w:rsid w:val="00B958B8"/>
+    <w:rsid w:val="00BA085A"/>
+    <w:rsid w:val="00BA2689"/>
     <w:rsid w:val="00BA3554"/>
+    <w:rsid w:val="00BA37A3"/>
     <w:rsid w:val="00BA3A91"/>
+    <w:rsid w:val="00BA45C8"/>
+    <w:rsid w:val="00BA4E83"/>
     <w:rsid w:val="00BB0870"/>
     <w:rsid w:val="00BB717F"/>
     <w:rsid w:val="00BC1FD1"/>
-    <w:rsid w:val="00BD1818"/>
-    <w:rsid w:val="00BD243A"/>
+    <w:rsid w:val="00BC37DD"/>
+    <w:rsid w:val="00BC4A7E"/>
+    <w:rsid w:val="00BD11E5"/>
+    <w:rsid w:val="00BD3A0A"/>
     <w:rsid w:val="00BD5C05"/>
-    <w:rsid w:val="00BE50AA"/>
+    <w:rsid w:val="00BE26E2"/>
     <w:rsid w:val="00BF443E"/>
+    <w:rsid w:val="00BF4881"/>
+    <w:rsid w:val="00BF49A1"/>
     <w:rsid w:val="00C00263"/>
+    <w:rsid w:val="00C04CE1"/>
     <w:rsid w:val="00C101DA"/>
+    <w:rsid w:val="00C13F3B"/>
+    <w:rsid w:val="00C14C31"/>
+    <w:rsid w:val="00C16330"/>
+    <w:rsid w:val="00C239E0"/>
     <w:rsid w:val="00C25223"/>
     <w:rsid w:val="00C31F87"/>
     <w:rsid w:val="00C33662"/>
-    <w:rsid w:val="00C54A1B"/>
-    <w:rsid w:val="00C54FB4"/>
+    <w:rsid w:val="00C43593"/>
+    <w:rsid w:val="00C6307B"/>
+    <w:rsid w:val="00C74252"/>
+    <w:rsid w:val="00C8339C"/>
     <w:rsid w:val="00C90C38"/>
     <w:rsid w:val="00CB0DB6"/>
+    <w:rsid w:val="00CB130F"/>
+    <w:rsid w:val="00CB3395"/>
     <w:rsid w:val="00CB61CD"/>
+    <w:rsid w:val="00CB6CBD"/>
+    <w:rsid w:val="00CB6DA2"/>
+    <w:rsid w:val="00CB736B"/>
     <w:rsid w:val="00CC5D03"/>
+    <w:rsid w:val="00CD0845"/>
+    <w:rsid w:val="00CD56BA"/>
+    <w:rsid w:val="00CD5867"/>
     <w:rsid w:val="00CE3160"/>
-    <w:rsid w:val="00CE4C29"/>
+    <w:rsid w:val="00CE3F96"/>
     <w:rsid w:val="00CE67BF"/>
-    <w:rsid w:val="00CF2A18"/>
+    <w:rsid w:val="00CF7F8E"/>
+    <w:rsid w:val="00D04F0F"/>
+    <w:rsid w:val="00D0744F"/>
+    <w:rsid w:val="00D16836"/>
+    <w:rsid w:val="00D1757D"/>
+    <w:rsid w:val="00D20D50"/>
     <w:rsid w:val="00D2107E"/>
     <w:rsid w:val="00D214C0"/>
+    <w:rsid w:val="00D23724"/>
+    <w:rsid w:val="00D2556C"/>
     <w:rsid w:val="00D26E8D"/>
+    <w:rsid w:val="00D3086B"/>
     <w:rsid w:val="00D331A3"/>
+    <w:rsid w:val="00D436AC"/>
+    <w:rsid w:val="00D44805"/>
+    <w:rsid w:val="00D50EAD"/>
+    <w:rsid w:val="00D5409F"/>
+    <w:rsid w:val="00D57CD8"/>
     <w:rsid w:val="00D6158C"/>
     <w:rsid w:val="00D64BAC"/>
     <w:rsid w:val="00D65CC5"/>
     <w:rsid w:val="00D7097A"/>
     <w:rsid w:val="00D810B1"/>
-    <w:rsid w:val="00D905D0"/>
+    <w:rsid w:val="00D90202"/>
+    <w:rsid w:val="00D911B9"/>
     <w:rsid w:val="00D93F50"/>
+    <w:rsid w:val="00D95C60"/>
     <w:rsid w:val="00DA4532"/>
+    <w:rsid w:val="00DA6476"/>
+    <w:rsid w:val="00DB3822"/>
+    <w:rsid w:val="00DB70FB"/>
     <w:rsid w:val="00DC28BF"/>
+    <w:rsid w:val="00DC5704"/>
     <w:rsid w:val="00DE2B8C"/>
-    <w:rsid w:val="00DE501D"/>
+    <w:rsid w:val="00DE47A8"/>
+    <w:rsid w:val="00DE5A12"/>
     <w:rsid w:val="00DF142C"/>
     <w:rsid w:val="00DF7FB5"/>
-    <w:rsid w:val="00E04B02"/>
+    <w:rsid w:val="00E05562"/>
+    <w:rsid w:val="00E071E3"/>
+    <w:rsid w:val="00E10B10"/>
+    <w:rsid w:val="00E17A94"/>
     <w:rsid w:val="00E2130F"/>
     <w:rsid w:val="00E22F0B"/>
+    <w:rsid w:val="00E260BA"/>
+    <w:rsid w:val="00E2799A"/>
     <w:rsid w:val="00E3130A"/>
     <w:rsid w:val="00E33D72"/>
+    <w:rsid w:val="00E35EEB"/>
+    <w:rsid w:val="00E426F5"/>
     <w:rsid w:val="00E4313D"/>
     <w:rsid w:val="00E4483A"/>
+    <w:rsid w:val="00E45197"/>
+    <w:rsid w:val="00E506F6"/>
+    <w:rsid w:val="00E55892"/>
+    <w:rsid w:val="00E62435"/>
     <w:rsid w:val="00E62A9C"/>
     <w:rsid w:val="00E77344"/>
+    <w:rsid w:val="00E84C59"/>
+    <w:rsid w:val="00E91E9B"/>
     <w:rsid w:val="00E96BA0"/>
+    <w:rsid w:val="00E97397"/>
+    <w:rsid w:val="00EA1F51"/>
+    <w:rsid w:val="00EA25A1"/>
     <w:rsid w:val="00EA37F5"/>
+    <w:rsid w:val="00EA5B74"/>
     <w:rsid w:val="00EA6E41"/>
     <w:rsid w:val="00EA6FF3"/>
-    <w:rsid w:val="00EC7D90"/>
-    <w:rsid w:val="00ED549B"/>
+    <w:rsid w:val="00EB01BE"/>
+    <w:rsid w:val="00EB607C"/>
+    <w:rsid w:val="00EB63F8"/>
+    <w:rsid w:val="00EB7F14"/>
+    <w:rsid w:val="00ED1BC4"/>
+    <w:rsid w:val="00ED7F85"/>
+    <w:rsid w:val="00EE0F09"/>
     <w:rsid w:val="00EF3452"/>
     <w:rsid w:val="00F019E7"/>
-    <w:rsid w:val="00F0504B"/>
-    <w:rsid w:val="00F05CA0"/>
+    <w:rsid w:val="00F061E5"/>
     <w:rsid w:val="00F067B3"/>
     <w:rsid w:val="00F1502D"/>
+    <w:rsid w:val="00F150D8"/>
+    <w:rsid w:val="00F2000A"/>
     <w:rsid w:val="00F2483A"/>
+    <w:rsid w:val="00F257D6"/>
     <w:rsid w:val="00F25850"/>
     <w:rsid w:val="00F41EE2"/>
     <w:rsid w:val="00F42C2B"/>
+    <w:rsid w:val="00F43436"/>
+    <w:rsid w:val="00F53981"/>
     <w:rsid w:val="00F6239F"/>
+    <w:rsid w:val="00F62CD6"/>
     <w:rsid w:val="00F6501D"/>
     <w:rsid w:val="00F7136C"/>
     <w:rsid w:val="00F77A99"/>
     <w:rsid w:val="00F90365"/>
     <w:rsid w:val="00FA0822"/>
     <w:rsid w:val="00FA1F0E"/>
     <w:rsid w:val="00FA2739"/>
     <w:rsid w:val="00FB2F29"/>
     <w:rsid w:val="00FB5E11"/>
+    <w:rsid w:val="00FC1376"/>
     <w:rsid w:val="00FC41A7"/>
-    <w:rsid w:val="00FD6259"/>
+    <w:rsid w:val="00FC574B"/>
+    <w:rsid w:val="00FD125F"/>
+    <w:rsid w:val="00FD490F"/>
+    <w:rsid w:val="00FD4C71"/>
+    <w:rsid w:val="00FE1799"/>
     <w:rsid w:val="00FE55AE"/>
+    <w:rsid w:val="00FE6B7E"/>
     <w:rsid w:val="00FF044D"/>
-    <w:rsid w:val="00FF1232"/>
     <w:rsid w:val="00FF4C14"/>
+    <w:rsid w:val="0624280B"/>
+    <w:rsid w:val="0D61867C"/>
+    <w:rsid w:val="106AFB31"/>
+    <w:rsid w:val="190D64F7"/>
+    <w:rsid w:val="1A7F364A"/>
+    <w:rsid w:val="2863B95F"/>
+    <w:rsid w:val="2D0190FF"/>
+    <w:rsid w:val="320AA4D8"/>
+    <w:rsid w:val="34C18828"/>
+    <w:rsid w:val="37EE03C2"/>
+    <w:rsid w:val="39B1063D"/>
+    <w:rsid w:val="4023ECED"/>
+    <w:rsid w:val="4153E6A6"/>
+    <w:rsid w:val="4B201DE1"/>
+    <w:rsid w:val="4C51A9D0"/>
+    <w:rsid w:val="5AC3A6BA"/>
+    <w:rsid w:val="65E0D90A"/>
+    <w:rsid w:val="66B6A56F"/>
+    <w:rsid w:val="69F319AE"/>
+    <w:rsid w:val="6C04FAE6"/>
+    <w:rsid w:val="70052959"/>
+    <w:rsid w:val="793AF8E7"/>
+    <w:rsid w:val="7CEC75BC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US" w:bidi="pa-IN"/>
+  <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="63489"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="2076C4B9"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -17803,51 +18028,51 @@
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="003913B3"/>
+    <w:rsid w:val="005B70F9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="003913B3"/>
     <w:pPr>
       <w:spacing w:before="103"/>
       <w:ind w:left="460"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
@@ -18136,136 +18361,131 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF3452"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF3452"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="numbering" w:customStyle="1" w:styleId="CurrentList1">
-[...2 lines deleted...]
-    <w:rsid w:val="006316C2"/>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid1">
+    <w:name w:val="Table Grid1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:next w:val="TableGrid"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00CB736B"/>
     <w:pPr>
-      <w:numPr>
-[...1 lines deleted...]
-      </w:numPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="nil"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:customStyle="1" w:styleId="CurrentList2">
-[...2 lines deleted...]
-    <w:rsid w:val="006316C2"/>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid2">
+    <w:name w:val="Table Grid2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:next w:val="TableGrid"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00904E6C"/>
     <w:pPr>
-      <w:numPr>
-[...1 lines deleted...]
-      </w:numPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-  </w:style>
-[...58 lines deleted...]
-    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
+    <w:div w:id="58137267">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="283466115">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="464927844">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="551813181">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
@@ -18305,698 +18525,607 @@
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                       <w:divsChild>
                         <w:div w:id="519246493">
                           <w:marLeft w:val="0"/>
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="0"/>
                           <w:marBottom w:val="0"/>
                           <w:divBdr>
                             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                           </w:divBdr>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
+    <w:div w:id="794761143">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1008171456">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1189837338">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1201891749">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1387145623">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1768381146">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="0FB240DCA6664F40B1E9C90DD9033BFA"/>
+        <w:name w:val="C47539C6BF2642898C21D1EB55A35F8F"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{50CB3018-BF96-4343-B28D-914FB4502149}"/>
+        <w:guid w:val="{D3C708EA-1C9D-40D3-A331-ABF69D726034}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="004F4B3B" w:rsidRDefault="00A50867" w:rsidP="00A50867">
+        <w:p w:rsidR="00204505" w:rsidRDefault="00E260BA" w:rsidP="00E260BA">
           <w:pPr>
-            <w:pStyle w:val="0FB240DCA6664F40B1E9C90DD9033BFA10"/>
+            <w:pStyle w:val="C47539C6BF2642898C21D1EB55A35F8F"/>
           </w:pPr>
-          <w:r w:rsidRPr="001969AF">
-[...219 lines deleted...]
-          <w:r w:rsidRPr="004D4B47">
+          <w:r w:rsidRPr="00F8310B">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:cs="Times New Roman"/>
             </w:rPr>
             <w:t>Click here to enter date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="60D6327B82EE4E5FA37E40567CA534AE"/>
+        <w:name w:val="36D84E67759546258B4D52BDA9069AD6"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{04B7B4CF-CDF4-4633-A771-1409DD51FDB8}"/>
+        <w:guid w:val="{0FFF99FB-DBFD-410E-AD17-E8F4F9E9F899}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00E65B31" w:rsidRDefault="003A6728" w:rsidP="003A6728">
+        <w:p w:rsidR="00204505" w:rsidRDefault="00E260BA" w:rsidP="00E260BA">
           <w:pPr>
-            <w:pStyle w:val="60D6327B82EE4E5FA37E40567CA534AE"/>
+            <w:pStyle w:val="36D84E67759546258B4D52BDA9069AD6"/>
           </w:pPr>
-          <w:r w:rsidRPr="004D4B47">
+          <w:r w:rsidRPr="00F8310B">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:cs="Times New Roman"/>
             </w:rPr>
-            <w:t xml:space="preserve">Click here to enter </w:t>
-[...6 lines deleted...]
-            <w:t>date.</w:t>
+            <w:t>Click here to enter date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="CF9720FFF4E74260824A496299ED4403"/>
+        <w:name w:val="DEEAC5D16C6C479EB80759E4FB212679"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{D7E2BE48-4B56-4F27-8C46-74787B74DA20}"/>
+        <w:guid w:val="{C80B2A97-D963-4708-91D3-1B6A41A86A54}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00E65B31" w:rsidRDefault="003A6728" w:rsidP="003A6728">
+        <w:p w:rsidR="00204505" w:rsidRDefault="00E260BA" w:rsidP="00E260BA">
           <w:pPr>
-            <w:pStyle w:val="CF9720FFF4E74260824A496299ED4403"/>
+            <w:pStyle w:val="DEEAC5D16C6C479EB80759E4FB212679"/>
           </w:pPr>
-          <w:r w:rsidRPr="00561D74">
+          <w:r w:rsidRPr="003E7564">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>Click here to enter date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="9967FCC9E3694A158097345551E2AEEA"/>
+        <w:name w:val="5FF3974014124E268B4F14DEF27F5A0F"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{88DDB60D-2F8A-4176-A055-2D3CE001AB83}"/>
+        <w:guid w:val="{2A848BA0-3650-47C2-B425-1E71FC44C186}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00E65B31" w:rsidRDefault="003A6728" w:rsidP="003A6728">
+        <w:p w:rsidR="00204505" w:rsidRDefault="00E260BA" w:rsidP="00E260BA">
           <w:pPr>
-            <w:pStyle w:val="9967FCC9E3694A158097345551E2AEEA"/>
+            <w:pStyle w:val="5FF3974014124E268B4F14DEF27F5A0F"/>
           </w:pPr>
-          <w:r w:rsidRPr="00561D74">
+          <w:r w:rsidRPr="003E7564">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>Click here to enter date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="8E2BC91AE16A4759A65664B60308E105"/>
+        <w:name w:val="01D61F49D8D8472CAC94C9BC2A0558A1"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{ED32509B-B1D2-4566-8667-6A787E21CBDE}"/>
+        <w:guid w:val="{7783FFC6-DAF8-4715-A5E1-B701C4C51844}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00E65B31" w:rsidRDefault="003A6728" w:rsidP="003A6728">
+        <w:p w:rsidR="00204505" w:rsidRDefault="00E260BA" w:rsidP="00E260BA">
           <w:pPr>
-            <w:pStyle w:val="8E2BC91AE16A4759A65664B60308E105"/>
+            <w:pStyle w:val="01D61F49D8D8472CAC94C9BC2A0558A1"/>
           </w:pPr>
-          <w:r w:rsidRPr="00561D74">
+          <w:r w:rsidRPr="003E7564">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>Click here to enter date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="E2529C1DF3C44E498D1FD93EF992A466"/>
+        <w:name w:val="94969407C9C244D884B6EBDF6F1510CE"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{6F750903-6130-491D-BC95-A148F19DA005}"/>
+        <w:guid w:val="{0B5D2BC4-09A3-4C43-9551-942CFEC7DEBE}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00E65B31" w:rsidRDefault="003A6728" w:rsidP="003A6728">
+        <w:p w:rsidR="00204505" w:rsidRDefault="00E260BA" w:rsidP="00E260BA">
           <w:pPr>
-            <w:pStyle w:val="E2529C1DF3C44E498D1FD93EF992A466"/>
+            <w:pStyle w:val="94969407C9C244D884B6EBDF6F1510CE"/>
           </w:pPr>
-          <w:r w:rsidRPr="00561D74">
+          <w:r w:rsidRPr="003E7564">
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>Click here to enter date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="C58D5CE3C7604CD099691DA956B98ED6"/>
+        <w:name w:val="EF8C340609FC4609B5553C9F1FEF353C"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{E86BA0F9-49C9-4646-990E-08970F0999A2}"/>
+        <w:guid w:val="{B49EFF16-636B-48D1-976C-B8808434B09F}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00E65B31" w:rsidRDefault="003A6728" w:rsidP="003A6728">
+        <w:p w:rsidR="00204505" w:rsidRDefault="00E260BA" w:rsidP="00E260BA">
           <w:pPr>
-            <w:pStyle w:val="C58D5CE3C7604CD099691DA956B98ED6"/>
+            <w:pStyle w:val="EF8C340609FC4609B5553C9F1FEF353C"/>
           </w:pPr>
-          <w:r w:rsidRPr="00561D74">
+          <w:r w:rsidRPr="003E7564">
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>Click here to enter date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="7D19433CC9974E708C6C6ADF9232555A"/>
+        <w:name w:val="9F5797AD902C46BABF8779678745D9B0"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{7F8A7F81-1274-4BC8-ABD7-D3E83F229EF5}"/>
+        <w:guid w:val="{EF7EAF7E-8A72-41BF-879C-6631598F5445}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00E65B31" w:rsidRDefault="003A6728" w:rsidP="003A6728">
+        <w:p w:rsidR="00204505" w:rsidRDefault="00E260BA" w:rsidP="00E260BA">
           <w:pPr>
-            <w:pStyle w:val="7D19433CC9974E708C6C6ADF9232555A"/>
+            <w:pStyle w:val="9F5797AD902C46BABF8779678745D9B0"/>
           </w:pPr>
-          <w:r w:rsidRPr="00561D74">
+          <w:r w:rsidRPr="003E7564">
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>Click here to enter date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="SimSun">
+    <w:altName w:val="宋体"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Raavi">
-[...3 lines deleted...]
-    <w:family w:val="roman"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="DengXian">
+    <w:altName w:val="等线"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="DengXian Light">
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00504185"/>
+    <w:rsid w:val="00015456"/>
     <w:rsid w:val="00045C28"/>
+    <w:rsid w:val="0006128F"/>
     <w:rsid w:val="0009763E"/>
+    <w:rsid w:val="000B0030"/>
+    <w:rsid w:val="001537B2"/>
     <w:rsid w:val="001D3D02"/>
+    <w:rsid w:val="001E3E2A"/>
+    <w:rsid w:val="00204505"/>
+    <w:rsid w:val="0022288E"/>
     <w:rsid w:val="002257B1"/>
     <w:rsid w:val="00291EF4"/>
     <w:rsid w:val="0029373D"/>
+    <w:rsid w:val="00315E73"/>
+    <w:rsid w:val="00372946"/>
+    <w:rsid w:val="0039271B"/>
     <w:rsid w:val="003A0533"/>
-    <w:rsid w:val="003A6728"/>
-    <w:rsid w:val="003F22D7"/>
+    <w:rsid w:val="003C6FB4"/>
+    <w:rsid w:val="003E73A7"/>
+    <w:rsid w:val="003F62AC"/>
+    <w:rsid w:val="00400AFF"/>
+    <w:rsid w:val="004B38BC"/>
     <w:rsid w:val="004F4B3B"/>
     <w:rsid w:val="00504185"/>
+    <w:rsid w:val="005B1DF9"/>
     <w:rsid w:val="005F5742"/>
-    <w:rsid w:val="00677535"/>
     <w:rsid w:val="00687F50"/>
     <w:rsid w:val="006A48F0"/>
+    <w:rsid w:val="0075333E"/>
     <w:rsid w:val="007A4E73"/>
+    <w:rsid w:val="007E7DD8"/>
     <w:rsid w:val="00807E78"/>
+    <w:rsid w:val="00830ACE"/>
+    <w:rsid w:val="00912399"/>
+    <w:rsid w:val="009563FF"/>
+    <w:rsid w:val="00965C0A"/>
+    <w:rsid w:val="009C660C"/>
+    <w:rsid w:val="009F26B6"/>
     <w:rsid w:val="00A03505"/>
+    <w:rsid w:val="00A41506"/>
     <w:rsid w:val="00A50867"/>
-    <w:rsid w:val="00B0211A"/>
+    <w:rsid w:val="00A70050"/>
+    <w:rsid w:val="00A93885"/>
+    <w:rsid w:val="00AC502D"/>
+    <w:rsid w:val="00B15AEA"/>
     <w:rsid w:val="00B8346A"/>
+    <w:rsid w:val="00BB1288"/>
     <w:rsid w:val="00BC34EB"/>
     <w:rsid w:val="00BC4CDA"/>
     <w:rsid w:val="00C44B60"/>
     <w:rsid w:val="00C678F6"/>
+    <w:rsid w:val="00C8339C"/>
     <w:rsid w:val="00CC3B42"/>
     <w:rsid w:val="00D85EE6"/>
+    <w:rsid w:val="00D90202"/>
+    <w:rsid w:val="00DB3822"/>
+    <w:rsid w:val="00DC5704"/>
     <w:rsid w:val="00DE157D"/>
-    <w:rsid w:val="00DF7109"/>
+    <w:rsid w:val="00DE548C"/>
+    <w:rsid w:val="00E17A94"/>
     <w:rsid w:val="00E25251"/>
+    <w:rsid w:val="00E260BA"/>
     <w:rsid w:val="00E44E31"/>
-    <w:rsid w:val="00E65B31"/>
+    <w:rsid w:val="00ED1BC4"/>
+    <w:rsid w:val="00F21B1E"/>
     <w:rsid w:val="00F91B5D"/>
+    <w:rsid w:val="00FA44CC"/>
+    <w:rsid w:val="00FE2C59"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US" w:bidi="pa-IN"/>
+  <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -19382,223 +19511,140 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="003A6728"/>
+    <w:rsid w:val="00E260BA"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0FB240DCA6664F40B1E9C90DD9033BFA10">
-[...84 lines deleted...]
-    <w:rsid w:val="003A6728"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C47539C6BF2642898C21D1EB55A35F8F">
+    <w:name w:val="C47539C6BF2642898C21D1EB55A35F8F"/>
+    <w:rsid w:val="00E260BA"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="en-CA" w:eastAsia="en-CA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="60D6327B82EE4E5FA37E40567CA534AE">
-[...1 lines deleted...]
-    <w:rsid w:val="003A6728"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="36D84E67759546258B4D52BDA9069AD6">
+    <w:name w:val="36D84E67759546258B4D52BDA9069AD6"/>
+    <w:rsid w:val="00E260BA"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="en-CA" w:eastAsia="en-CA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CF9720FFF4E74260824A496299ED4403">
-[...1 lines deleted...]
-    <w:rsid w:val="003A6728"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DEEAC5D16C6C479EB80759E4FB212679">
+    <w:name w:val="DEEAC5D16C6C479EB80759E4FB212679"/>
+    <w:rsid w:val="00E260BA"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="en-CA" w:eastAsia="en-CA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9967FCC9E3694A158097345551E2AEEA">
-[...1 lines deleted...]
-    <w:rsid w:val="003A6728"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5FF3974014124E268B4F14DEF27F5A0F">
+    <w:name w:val="5FF3974014124E268B4F14DEF27F5A0F"/>
+    <w:rsid w:val="00E260BA"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="en-CA" w:eastAsia="en-CA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8E2BC91AE16A4759A65664B60308E105">
-[...1 lines deleted...]
-    <w:rsid w:val="003A6728"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="01D61F49D8D8472CAC94C9BC2A0558A1">
+    <w:name w:val="01D61F49D8D8472CAC94C9BC2A0558A1"/>
+    <w:rsid w:val="00E260BA"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="en-CA" w:eastAsia="en-CA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E2529C1DF3C44E498D1FD93EF992A466">
-[...1 lines deleted...]
-    <w:rsid w:val="003A6728"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="94969407C9C244D884B6EBDF6F1510CE">
+    <w:name w:val="94969407C9C244D884B6EBDF6F1510CE"/>
+    <w:rsid w:val="00E260BA"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="en-CA" w:eastAsia="en-CA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C58D5CE3C7604CD099691DA956B98ED6">
-[...1 lines deleted...]
-    <w:rsid w:val="003A6728"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="EF8C340609FC4609B5553C9F1FEF353C">
+    <w:name w:val="EF8C340609FC4609B5553C9F1FEF353C"/>
+    <w:rsid w:val="00E260BA"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="en-CA" w:eastAsia="en-CA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7D19433CC9974E708C6C6ADF9232555A">
-[...1 lines deleted...]
-    <w:rsid w:val="003A6728"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9F5797AD902C46BABF8779678745D9B0">
+    <w:name w:val="9F5797AD902C46BABF8779678745D9B0"/>
+    <w:rsid w:val="00E260BA"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="en-CA" w:eastAsia="en-CA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
@@ -19854,97 +19900,86 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E0A01D80-8905-480F-8763-90A2387D0F44}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6DBE5927-D941-4A35-8101-6B8F1FCDD848}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{abf2ea38-542c-4b75-bd7d-582ec36a519f}" enabled="1" method="Standard" siteId="{2bb51c06-af9b-42c5-8bf5-3c3b7b10850b}" contentBits="2" removed="0"/>
+</clbl:labelList>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>12</Pages>
-[...1 lines deleted...]
-  <Characters>17533</Characters>
+  <Pages>1</Pages>
+  <Words>2729</Words>
+  <Characters>15560</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>146</Lines>
-  <Paragraphs>41</Paragraphs>
+  <Lines>129</Lines>
+  <Paragraphs>36</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>20567</CharactersWithSpaces>
+  <CharactersWithSpaces>18253</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
   <dc:creator/>
+  <cp:keywords/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...33 lines deleted...]
-</file>